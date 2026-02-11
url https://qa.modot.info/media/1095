--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -6,82 +6,85 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00143D24">
+    <w:p w14:paraId="413FA0DC" w14:textId="7B02B203" w:rsidR="00CF5471" w:rsidRDefault="00143D24">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Reviewers:  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve">Delete all </w:t>
       </w:r>
       <w:r>
         <w:t>sections</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> that do not apply to your </w:t>
       </w:r>
       <w:r>
         <w:t>project</w:t>
       </w:r>
+      <w:r w:rsidR="002B46C0">
+        <w:t xml:space="preserve"> and renumber sections accordingly</w:t>
+      </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="410AE014" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A0C0A" w:rsidRDefault="001A0C0A" w:rsidP="001A0C0A">
+    <w:p w14:paraId="59433608" w14:textId="77777777" w:rsidR="001A0C0A" w:rsidRDefault="001A0C0A" w:rsidP="001A0C0A">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 2.0 - Accept the revision marks </w:t>
       </w:r>
       <w:r w:rsidR="00661707">
         <w:t xml:space="preserve">when the project has </w:t>
       </w:r>
       <w:r>
         <w:t>no new structure</w:t>
       </w:r>
       <w:r w:rsidR="00661707">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
@@ -94,301 +97,297 @@
       <w:r w:rsidR="00661707">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Reject the revision marks when </w:t>
       </w:r>
       <w:r w:rsidR="00661707">
         <w:t xml:space="preserve">the project does have </w:t>
       </w:r>
       <w:r>
         <w:t>new structure</w:t>
       </w:r>
       <w:r w:rsidR="00661707">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00661707">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56C84" w:rsidRDefault="00C56C84" w:rsidP="001A0C0A">
+    <w:p w14:paraId="027CB7C9" w14:textId="77777777" w:rsidR="00C56C84" w:rsidRDefault="00C56C84" w:rsidP="001A0C0A">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Section 2.1 - Accept the revision marks when the structure is </w:t>
       </w:r>
       <w:r w:rsidR="00083944">
         <w:t xml:space="preserve">to be </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">closed during construction.  Reject the revision marks when </w:t>
       </w:r>
       <w:r w:rsidR="00083944">
         <w:t>traffic is to be maintained during construction.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+    <w:p w14:paraId="05A35C8F" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> 2.</w:t>
       </w:r>
       <w:r w:rsidR="005417F6">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="001A0C0A">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>lways use on rehabs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+    <w:p w14:paraId="672298D0" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> 2.</w:t>
       </w:r>
       <w:r w:rsidR="005417F6">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F76A99">
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A0C0A">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve">odify for redecks </w:t>
       </w:r>
       <w:r w:rsidR="00F76A99">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>composite or non-composite</w:t>
       </w:r>
       <w:r w:rsidR="00F76A99">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C53D7" w:rsidRDefault="006C53D7">
+    <w:p w14:paraId="354D639B" w14:textId="77777777" w:rsidR="006C53D7" w:rsidRDefault="006C53D7">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 2.6 - Accept the revision marks for stream </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+        <w:t xml:space="preserve">Section 2.6 - Accept the revision marks for stream crossings.  Reject the revision marks for grade separations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F30C1E" w14:textId="771BF343" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> 2.</w:t>
       </w:r>
       <w:r w:rsidR="005417F6">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="001A0C0A">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve">hould be included when no temporary barrier curbs are </w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>be used.</w:t>
       </w:r>
       <w:r w:rsidR="00B51C72">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B51C72">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">SEE </w:t>
       </w:r>
-      <w:r w:rsidR="00EE6AA4">
+      <w:r w:rsidR="00AB2520">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>BRYAN</w:t>
+        <w:t>STATE OR ASSISTANT STATE BRIDGE ENGINEER</w:t>
       </w:r>
       <w:r w:rsidR="00B51C72">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> OR DENNIS BEFORE USING A PLATE ON A PROJECT</w:t>
+        <w:t xml:space="preserve"> BEFORE USING A PLATE ON A PROJECT</w:t>
       </w:r>
       <w:r w:rsidR="00DE1621">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00B722C4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Using a steel plate requires Traffic Division approval and a</w:t>
       </w:r>
       <w:r w:rsidR="00DE1621">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00B722C4">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>esign exception</w:t>
       </w:r>
       <w:r w:rsidR="00DE1621">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0041437C">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  SPM/Liaison is responsible for making sure the roadway plans have addressed all of the requirements of EPG 616.6.46.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+        <w:t xml:space="preserve">  SPM/Liaison is responsible for making sure the roadway plans have addressed all the requirements </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27A8E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="0041437C">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EPG 616.6.46.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B24E0CC" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Sections</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> 2.11</w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t xml:space="preserve"> &amp;</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t xml:space="preserve"> 3.0 thru 3.3 are required when SSPC-SP2 and SSPC-SP3, SSPC-SP6, SSPC-SP10 or SSPC-SP11 surface preparation is used or </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Strengthening Existing </w:t>
+        <w:t xml:space="preserve"> 3.0 thru 3.3 are required when SSPC-SP2 and SSPC-SP3, SSPC-SP6, SSPC-SP10 or SSPC-SP11 surface preparation is used or when  “Strengthening Existing </w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t>Beams</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>”, “Structural Steel Requirements” or “Existing Diaphragm Connection</w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t xml:space="preserve"> to Flange</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>SPs are used.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050334D" w:rsidRPr="0050334D" w:rsidRDefault="00DE346B">
+    <w:p w14:paraId="40D0BC5D" w14:textId="77777777" w:rsidR="0050334D" w:rsidRPr="0050334D" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:t xml:space="preserve"> 2.12</w:t>
       </w:r>
       <w:r w:rsidR="001A0C0A">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -437,1895 +436,1821 @@
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidR="0050334D">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="0050334D">
         <w:t xml:space="preserve">reference </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">section </w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="0050334D">
         <w:t xml:space="preserve">3.3 of FRP Wrap </w:t>
       </w:r>
       <w:r w:rsidR="00A02757">
         <w:t xml:space="preserve">BSP </w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="0050334D">
         <w:t>for concrete beams, piles and columns).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+    <w:p w14:paraId="22D715DA" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> 3.</w:t>
       </w:r>
       <w:r w:rsidR="005417F6">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1/4 span length</w:t>
       </w:r>
       <w:r w:rsidR="00E863A6">
         <w:t xml:space="preserve"> require</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>ment is by design.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="306E0C69" w14:textId="0E27BB10" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Section 4.0 - Accept the revision marks when the US Coast Guard is not involved.  Reject the revision marks when US Coast Guard is involved. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+        <w:t>Section 4.0 - Accept the revision marks when the U</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Coast Guard is not involved.  Reject the revision marks when </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27A8E">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Coast Guard is involved. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DEE52D" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5C8C" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="6A0A9855" w14:textId="009DE34F" w:rsidR="00CF5C8C" w:rsidRDefault="00A777FC">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CONSTRUCTION REQUIREMENTS</w:t>
       </w:r>
       <w:r w:rsidR="0050334D">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009B5C12">
-[...31 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="000B3F72">
+        <w:t>11/13/24</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3382DC6E" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="3E4F42D9" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1.0  Description.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  This provision contains general construction requirements for this project.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Requirements.</w:t>
+    <w:p w14:paraId="01C46557" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="66705A4C" w14:textId="1CD6E985" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2.0  Construction Requirements.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D447BA">
         <w:t>The p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">lans </w:t>
       </w:r>
       <w:r w:rsidR="00D447BA">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00DE346B">
-        <w:t>the asbestos and lead inspection report for the existing structure(s)</w:t>
+        <w:t>the asbestos and lead inspection report</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE346B">
+        <w:t xml:space="preserve"> for the existing structure(s)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:del w:id="1" w:author="Daniel M. Smith" w:date="2020-08-04T14:54:00Z">
+      <w:del w:id="0" w:author="Daniel M. Smith" w:date="2020-08-04T14:54:00Z">
         <w:r w:rsidR="00CE11A6" w:rsidDel="00D447BA">
           <w:delText>and the geotechnical report for the new structure(s)</w:delText>
         </w:r>
         <w:r w:rsidDel="00D447BA">
           <w:delText xml:space="preserve"> </w:delText>
         </w:r>
       </w:del>
       <w:r w:rsidR="00D447BA">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">included in the contract </w:t>
       </w:r>
       <w:r w:rsidRPr="005417F6">
         <w:t xml:space="preserve">in the bridge electronic deliverables zip file </w:t>
       </w:r>
       <w:r>
         <w:t>for informational purposes only.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="7F450F71" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="176E603C" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  In</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> order to assure the least traffic interference, the work shall be</w:t>
+        <w:t xml:space="preserve">  In order to assure the least traffic interference, the work shall be</w:t>
       </w:r>
       <w:r w:rsidR="005D18AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">scheduled so that </w:t>
       </w:r>
-      <w:del w:id="2" w:author="Daniel M. Smith" w:date="2020-08-04T14:58:00Z">
+      <w:del w:id="1" w:author="Daniel M. Smith" w:date="2020-08-04T14:58:00Z">
         <w:r w:rsidDel="00453291">
           <w:delText xml:space="preserve">a lane </w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="3" w:author="Daniel M. Smith" w:date="2020-08-04T14:58:00Z">
+      <w:ins w:id="2" w:author="Daniel M. Smith" w:date="2020-08-04T14:58:00Z">
         <w:r w:rsidR="00453291">
           <w:t xml:space="preserve">the bridge </w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t>closure is for the absolute minimum amount of time required to complete the work.</w:t>
       </w:r>
       <w:r w:rsidR="00465991">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:del w:id="4" w:author="Daniel M. Smith" w:date="2020-08-04T15:26:00Z">
+      <w:del w:id="3" w:author="Daniel M. Smith" w:date="2020-08-04T15:26:00Z">
         <w:r w:rsidR="00465991" w:rsidDel="00465991">
           <w:delText>A lane</w:delText>
         </w:r>
         <w:r w:rsidDel="00465991">
           <w:delText xml:space="preserve"> </w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="5" w:author="Daniel M. Smith" w:date="2020-08-04T15:26:00Z">
+      <w:ins w:id="4" w:author="Daniel M. Smith" w:date="2020-08-04T15:26:00Z">
         <w:r w:rsidR="00465991">
           <w:t>The bridge</w:t>
         </w:r>
       </w:ins>
-      <w:ins w:id="6" w:author="Daniel M. Smith" w:date="2020-08-04T15:27:00Z">
+      <w:ins w:id="5" w:author="Daniel M. Smith" w:date="2020-08-04T15:27:00Z">
         <w:r w:rsidR="00465991">
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t xml:space="preserve">shall not be closed until material is available for continuous construction and the contractor is prepared to diligently pursue the work until the closed </w:t>
       </w:r>
-      <w:del w:id="7" w:author="Daniel M. Smith" w:date="2020-08-04T15:29:00Z">
+      <w:del w:id="6" w:author="Daniel M. Smith" w:date="2020-08-04T15:29:00Z">
         <w:r w:rsidDel="00BE7EFA">
           <w:delText xml:space="preserve">lane </w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="8" w:author="Daniel M. Smith" w:date="2020-08-04T15:29:00Z">
+      <w:ins w:id="7" w:author="Daniel M. Smith" w:date="2020-08-04T15:29:00Z">
         <w:r w:rsidR="00BE7EFA">
           <w:t xml:space="preserve">bridge </w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t>is opened to traffic.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FB2AB2" w:rsidRDefault="00FB2AB2"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="006E8CC8" w14:textId="77777777" w:rsidR="00FB2AB2" w:rsidRDefault="00FB2AB2"/>
+    <w:p w14:paraId="2C1B83DD" w14:textId="77777777" w:rsidR="00FB2AB2" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2.2  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Bri</w:t>
       </w:r>
       <w:r w:rsidR="009114ED">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>dge</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> work by contractor </w:t>
+        <w:t xml:space="preserve">dge work by contractor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">forces, including erection, rehabilitation or demolition, shall not be allowed over traffic unless a bridge platform protection system is installed below the work area except for work performed above a deck that is intact.  The protection system shall be capable of catching all falling objects such as tools, overhang brackets or materials.  Lifting of objects that are heavier than the capacity of the bridge protection system shall not be </w:t>
       </w:r>
       <w:r w:rsidR="003B7D75">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>permitted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="369E7966" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="78A4014D" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Qualified</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> special mortar shall be a qualified rapid set concrete patching material in accordance with </w:t>
+        <w:t xml:space="preserve">Qualified special mortar shall be a qualified rapid set concrete patching material in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 704</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.  A qualified rapid set concrete patching material will not be permitted for half-sol</w:t>
       </w:r>
       <w:r w:rsidR="0003656E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>e repair</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, deck repair with void tube replacement, full depth repair, modified deck </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>repair and substructure repair (formed) unless a note on the bridge plans specifies that a qualified special mortar may be used.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
-[...12 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="46D2D4D1" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="213B3ADB" w14:textId="4DD5D9A2" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>The</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>existing slab for the</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> bridge(s) </w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>to be</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> redecked was constructed as composite or </w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>non-</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>composite</w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> as shown in the </w:t>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2520">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>indicated</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE78E2">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>table</w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> below</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="784DB0BB" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:pStyle w:val="HTMLCite1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1800"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="215D8C33" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="5781F995" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:pStyle w:val="HTMLCite1"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Bridge No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="3050A884" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:pStyle w:val="HTMLCite1"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Type of deck</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="0939647A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="1CD83581" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:pStyle w:val="HTMLCite1"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Axxxxx</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="2D895973" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:pStyle w:val="HTMLCite1"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2880"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7920"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Non-composite</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="79D04BAC" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:pStyle w:val="HTMLCite1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="46F3FDE5" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.5</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t>The</w:t>
-[...7 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
+        <w:t>The bridge substructure for the widened portion of stage one construction shall be constructed as near to completion as feasible before removing the adjacent portions of existing superstructure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19601023" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="1557CF4E" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>Provisions shall be made to prevent any debris and</w:t>
       </w:r>
       <w:r w:rsidR="006817CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>material</w:t>
       </w:r>
       <w:r w:rsidR="00165EB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>from falling</w:t>
       </w:r>
       <w:r w:rsidR="00F239D2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:ins w:id="9" w:author="Daniel M. Smith" w:date="2020-08-04T15:41:00Z">
+      <w:ins w:id="8" w:author="Daniel M. Smith" w:date="2020-08-04T15:41:00Z">
         <w:r w:rsidR="00F239D2">
           <w:t>into the wate</w:t>
         </w:r>
       </w:ins>
-      <w:ins w:id="10" w:author="Daniel M. Smith" w:date="2020-08-04T15:42:00Z">
+      <w:ins w:id="9" w:author="Daniel M. Smith" w:date="2020-08-04T15:42:00Z">
         <w:r w:rsidR="00165EB9">
           <w:t>r</w:t>
         </w:r>
       </w:ins>
-      <w:ins w:id="11" w:author="Daniel M. Smith" w:date="2020-08-04T15:41:00Z">
+      <w:ins w:id="10" w:author="Daniel M. Smith" w:date="2020-08-04T15:41:00Z">
         <w:r w:rsidR="00F239D2">
           <w:t>way</w:t>
         </w:r>
       </w:ins>
-      <w:del w:id="12" w:author="Daniel M. Smith" w:date="2020-08-04T15:38:00Z">
+      <w:del w:id="11" w:author="Daniel M. Smith" w:date="2020-08-04T15:38:00Z">
         <w:r w:rsidR="00A777FC" w:rsidDel="00F239D2">
           <w:delText>onto the roadway</w:delText>
         </w:r>
       </w:del>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:t>If determined necessary by the engineer, a</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>ny debris and material that fall</w:t>
       </w:r>
       <w:r w:rsidR="002F5420">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> below the bridge outside the </w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>reviously</w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00355F9C">
         <w:t>specified</w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:t xml:space="preserve"> limits shall</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> be removed as approved by the engineer at the contractor's expense.  </w:t>
       </w:r>
-      <w:del w:id="13" w:author="Daniel M. Smith" w:date="2020-08-04T15:37:00Z">
+      <w:del w:id="12" w:author="Daniel M. Smith" w:date="2020-08-04T15:37:00Z">
         <w:r w:rsidR="00A777FC" w:rsidDel="00F239D2">
           <w:delText>Traffic under the bridge shall be maintained in accordance with the contract documents.</w:delText>
         </w:r>
       </w:del>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="64B8ACD7" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="1BCB9537" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t>Any</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Any damage sustained to the remaining structure as a result of the contractor's operations shall be repaired or the material replaced as approved by the engineer at the contractor's expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C28220A" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="5AAEC946" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.8</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t>Provisions</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> shall be made to prevent damage to any existing utilities. </w:t>
+        <w:t xml:space="preserve">Provisions shall be made to prevent damage to any existing utilities. </w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>Any damage sustained to the utilities as a result of the contractor's operations shall be the responsibility of the contractor.  All costs of repair and disruption of service shall be as determined by the utility owners and as approved by the engineer.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="7E6C7524" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="21D6E9CE" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.9</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C918C0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>The contractor shall provide steel plates over any unprotected open excavation in the bridge deck during non-working hours and in areas where work is not active.  The plates shall be 3/4 inch thick.  The plates shall extend 12 to 18 inches each side of the opening and cover the full width of work.  The contractor shall bevel all edges to a slope no steeper than 3H:1V.  The driving surface shall be treated for skid resistance either by surface deformation or direct application of a friction course and delineated as shown in the plans.  The plates shall be securely affixed to the deck using concrete anchors or through bolts.  The contractor may also secure the plate by attaching it to the superstructure or substructure.  However, nothing shall be welded or bolted to these elements.  The method of attachment shall be approved by the engineer.  Any damage to the deck, superstructure, or substructure as a result of this work shall be repaired as approved by the engineer at the contractor's expense.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD443E6" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="063DB403" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00FB2AB2">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="00EC2626">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t>A</w:t>
-[...6 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+        <w:t>A washer shall be required under head and nut when any reaming is performed for bolt installation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082F8852" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:pStyle w:val="HTMLCite1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00EC2626">
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="228D723B" w14:textId="00E04A8C" w:rsidR="00CF5471" w:rsidRDefault="00EC2626">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.11</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
-        <w:t>SSPC</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">-SP2 and SSPC-SP3 surface preparation shall be in accordance with the environmental regulations in </w:t>
+        <w:t xml:space="preserve">SSPC-SP2 and SSPC-SP3 surface preparation shall be in accordance with the environmental regulations in </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 1081</w:t>
       </w:r>
+      <w:r w:rsidR="00AB2520" w:rsidRPr="00AB2520">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> and collection of residue shall be in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 1081</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> for collection of blast residue.  SSPC-SP6, SSPC-SP10 and SSPC-SP11 surface preparation shall be in accordance with the approved blast media and environmental regulations in </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 1081</w:t>
       </w:r>
+      <w:r w:rsidR="00AB2520" w:rsidRPr="00AB2520">
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> and collection of blast residue shall be in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 1081</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070661F" w:rsidRDefault="0070661F">
-[...13 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="2763FD01" w14:textId="77777777" w:rsidR="0070661F" w:rsidRDefault="0070661F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41EDD259" w14:textId="77777777" w:rsidR="0050334D" w:rsidRDefault="00FB2AB2" w:rsidP="0050334D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="00EC2626">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0050334D">
-        <w:t xml:space="preserve">  The</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> contractor shall schedule the substructure repairs as one of the first order</w:t>
+        <w:t xml:space="preserve">  The contractor shall schedule the substructure repairs as one of the first order</w:t>
       </w:r>
       <w:r w:rsidR="0003656E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0050334D">
         <w:t xml:space="preserve"> of work so that the fiber reinforced polymer wrap for </w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">shear strengthening can be installed as required by job special provision Fiber Reinforced Polymer </w:t>
       </w:r>
       <w:r w:rsidR="0003656E">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(FRP) </w:t>
       </w:r>
       <w:r w:rsidR="0050334D" w:rsidRPr="00641674">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Wrap for Concrete Beams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0050334D" w:rsidRDefault="0050334D">
-[...54 lines deleted...]
-        <w:t xml:space="preserve"> Removal.  </w:t>
+    <w:p w14:paraId="5BAB8901" w14:textId="77777777" w:rsidR="0050334D" w:rsidRDefault="0050334D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB3E20C" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3.0  Coating Information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F3DBC6" w14:textId="77777777" w:rsidR="00D05F42" w:rsidRDefault="00D05F42">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6743069B" w14:textId="77777777" w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1  Straps Removal.  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Exposed portions of straps for stay-in-place forms shall be removed prior to surface preparation.  </w:t>
       </w:r>
       <w:r w:rsidR="00CE342A">
         <w:t xml:space="preserve">Straps need not be removed in areas that are not being painted.  </w:t>
       </w:r>
       <w:r>
         <w:t>Flame cutting will not be permitted.  The contractor shall exercise care not to damage the existing structure during removal.  Any damage sustained to the remaining structure as a result of the contractor's operations shall be repaired or the material replaced as approved by the engineer at the contractor's expense.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Drains and Stay-In-Place Forms.  </w:t>
+    <w:p w14:paraId="116153AF" w14:textId="77777777" w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42"/>
+    <w:p w14:paraId="5DD41F36" w14:textId="77777777" w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2  Slab Drains and Stay-In-Place Forms.  </w:t>
       </w:r>
       <w:r>
         <w:t>The stay-in-place forms, slab drains and slab drain brackets shall not be recoated</w:t>
       </w:r>
       <w:r w:rsidR="00AE78E2">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> overcoated or damaged during the painting operation.  Any portion of the slab drain bracket that is blast cleaned shall be recoated with System G.  Any damage sustained as a result of the contractor's operations shall be re</w:t>
       </w:r>
       <w:r w:rsidR="00F263E5">
         <w:t>paired or the material replaced as approved by the engineer at the contractor's expense.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42">
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="2DBE5520" w14:textId="77777777" w:rsidR="00D05F42" w:rsidRDefault="00D05F42" w:rsidP="00D05F42">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79D485C9" w14:textId="773F8472" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00D05F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D05F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Existing</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">The informational plans may be used by bidders in determining the amount of steel to be cleaned and painted/coated with the full understanding that the State accepts no responsibility for accuracy of the estimated tons of existing steel shown in the table below.  The bidder's acceptance and use of the estimate shown below shall be no cause for claim for any final adjustment in the contract unit price for the work involved in repainting.  Each bidder is expected to carefully examine the structure(s), investigate the condition of existing paint and prepare their own estimate of quantities involved before submitting a bid.  </w:t>
+        <w:t xml:space="preserve">Existing Bridge Information.  </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The informational plans may be used by bidders in determining the amount of steel to be cleaned and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A130C4">
+        <w:t>recoated or over</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">coated with the full understanding that the State accepts no responsibility for accuracy of the estimated tons of existing steel shown in the table below.  The bidder's acceptance and use of the estimate shown below shall be no cause for claim for any final adjustment in the contract unit price for the work involved in repainting.  Each bidder is expected to carefully examine the structure(s), investigate the condition of existing paint and prepare </w:t>
+      </w:r>
+      <w:r w:rsidR="00A130C4">
+        <w:t>an e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">stimate of quantities involved before submitting a bid.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Surface preparation and applying field coatings to the structural steel </w:t>
+        <w:t>Surface preparation and appl</w:t>
+      </w:r>
+      <w:r w:rsidR="001D13B9">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>ication</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D13B9">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">field coatings to the structural steel </w:t>
       </w:r>
       <w:r w:rsidR="002F7B62">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>sha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ll be based on the contract plan quantities. </w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">No final measurements will be made.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="691D7610" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1305"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1416"/>
         <w:gridCol w:w="1470"/>
         <w:gridCol w:w="1898"/>
         <w:gridCol w:w="1381"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="0905C1D6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="251"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="2A47425E" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="0AC9E1F9" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Bridge No.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4146" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="7DEECE6B" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Estimated Tons</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="218DEFFF" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Existing Paint System</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1381" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="02E43D06" w14:textId="15E3272E" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Lead Based</w:t>
             </w:r>
+            <w:r w:rsidR="00A130C4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="3EAB8E9D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="161"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="3CE9DA21" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2676" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="7261F4F9" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Coating System</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
-[...9 lines deleted...]
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="472FE714" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="13C0D63E" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1381" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="67E7B22E" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="18F85255" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="376"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="568AF932" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
-[...8 lines deleted...]
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="4CDA955C" w14:textId="6E99314B" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>System G</w:t>
             </w:r>
+            <w:r w:rsidR="00A130C4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Recoat</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="78A0C442" w14:textId="499C3959" w:rsidR="00CF5471" w:rsidRDefault="00A130C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Calcium Sulfonate</w:t>
+              <w:t>System G Overcoat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="4A961003" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="79F11CA0" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1381" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+          <w:p w14:paraId="31E428A7" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF5471">
+      <w:tr w:rsidR="00CF5471" w14:paraId="5770ECD5" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="097B3B2F" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Axxxxx</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="579A254F" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="4F961A1F" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1535</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1470" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="4C74E99C" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1618</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1898" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00D05F42">
+          <w:p w14:paraId="3C32D10D" w14:textId="564D67B3" w:rsidR="00CF5471" w:rsidRDefault="001D13B9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>A</w:t>
+              <w:t xml:space="preserve">S over </w:t>
+            </w:r>
+            <w:r w:rsidR="00A32E46">
+              <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1381" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+          <w:p w14:paraId="048AAF3A" w14:textId="7F2CBDE3" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>(Yes/No)</w:t>
+              <w:t>Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="223A7A07" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="38681F6F" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="004B6F09">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00D05F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  Environmental</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Contact.</w:t>
+        <w:t xml:space="preserve">  Environmental Contact.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Environmental Section may be contacted at the below address or phone number.  The Missouri Department of Health may be contacted at </w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>573</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>751-6102.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="0D8AA458" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
+    <w:p w14:paraId="1ACF6E3B" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00DE346B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>MoDOT - Design Division - Environmental Section</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="22C491FF" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="002F5420">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="002F5420">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Box 270</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="6A219ED4" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>105 W</w:t>
       </w:r>
       <w:r w:rsidR="002F5420">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Capitol Ave</w:t>
       </w:r>
       <w:r w:rsidR="002F5420">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>, Jefferson City, MO 65102</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="26D717E3" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Telephone</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (573) 526-4778</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="24BC3662" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="004B6F09">
+    <w:p w14:paraId="637F1C0D" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="004B6F09">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="00D05F42" w:rsidRPr="00D05F42">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Ap</w:t>
       </w:r>
       <w:r w:rsidR="00D05F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>proved S</w:t>
       </w:r>
       <w:r w:rsidR="00CF5C8C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2420,431 +2345,394 @@
       </w:r>
       <w:r w:rsidR="00CF5C8C">
         <w:t>lowing is the approved smelter</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">hazardous waste treatment, storage and disposal </w:t>
       </w:r>
       <w:r w:rsidR="00CF5C8C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>facility</w:t>
       </w:r>
       <w:r w:rsidR="00A777FC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+    <w:p w14:paraId="1E63FF62" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="7D491236" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Doe Run Company</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Resource Recycling Division</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Buick Facility</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="774CA9FC" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Highway KK</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="532218DD" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Boss, MO 65440</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="5E20BAEA" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Telephone</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>573</w:t>
       </w:r>
       <w:r w:rsidR="007C5F04">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t>626-4813</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471" w:rsidP="00693CB3">
+    <w:p w14:paraId="28AF7AAD" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471" w:rsidP="00693CB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1098"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0070661F" w:rsidRDefault="004B6F09" w:rsidP="0070661F">
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="6F020640" w14:textId="77777777" w:rsidR="0070661F" w:rsidRDefault="004B6F09" w:rsidP="0070661F">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.6</w:t>
       </w:r>
       <w:r w:rsidR="00D05F42">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  Impermeable</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Surface Limits.</w:t>
+        <w:t xml:space="preserve">  Impermeable Surface Limits.</w:t>
       </w:r>
       <w:r w:rsidR="0070661F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0070661F">
         <w:t xml:space="preserve">For the duration of cleaning and recoating or overcoating the truss spans, the truss span superstructure in any span shall not be draped with an impermeable surface subject to wind loads for a length any longer than </w:t>
       </w:r>
       <w:r w:rsidR="0070661F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1/4 the span length</w:t>
       </w:r>
       <w:r w:rsidR="0070661F">
         <w:t xml:space="preserve"> at any one time regardless of height of coverage.  Simultaneous work in adjacent spans is permissible using the specified limits in each span.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0070661F" w:rsidRDefault="0070661F" w:rsidP="0070661F">
-[...40 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="3BB6C96D" w14:textId="77777777" w:rsidR="0070661F" w:rsidRDefault="0070661F" w:rsidP="0070661F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5A1DF5" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4.0  Navigation Requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="123C2529" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286A51C4" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.1  </w:t>
       </w:r>
       <w:r>
-        <w:t>All</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> work shall be performed so that the free flow of navigation is not unreasonably interfered with, the navigable depths are not impaired and navigation lighting is visible at all times.  Any floating equipment or vessels working in the channel shall display lights and signals as required by the current</w:t>
+        <w:t>All work shall be performed so that the free flow of navigation is not unreasonably interfered with, the navigable depths are not impaired and navigation lighting is visible at all times.  Any floating equipment or vessels working in the channel shall display lights and signals as required by the current</w:t>
       </w:r>
       <w:r w:rsidR="00B635CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:del w:id="14" w:author="Daniel M. Smith" w:date="2020-05-11T13:46:00Z">
+      <w:del w:id="13" w:author="Daniel M. Smith" w:date="2020-05-11T13:46:00Z">
         <w:r w:rsidR="00B635CB" w:rsidDel="00B635CB">
           <w:delText>“Inland Navigation Rules”.</w:delText>
         </w:r>
         <w:r w:rsidDel="00B635CB">
           <w:delText xml:space="preserve"> </w:delText>
         </w:r>
         <w:r w:rsidR="00B635CB" w:rsidDel="00B635CB">
           <w:delText xml:space="preserve"> </w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="15" w:author="Daniel M. Smith" w:date="2020-05-11T13:47:00Z">
+      <w:ins w:id="14" w:author="Daniel M. Smith" w:date="2020-05-11T13:47:00Z">
         <w:r w:rsidR="00B635CB">
           <w:t>“Handbook of Missouri Boating Laws and Responsibilities” av</w:t>
         </w:r>
       </w:ins>
-      <w:ins w:id="16" w:author="Daniel M. Smith" w:date="2020-05-11T13:48:00Z">
+      <w:ins w:id="15" w:author="Daniel M. Smith" w:date="2020-05-11T13:48:00Z">
         <w:r w:rsidR="00B635CB">
           <w:t>ailable on the Missouri Water Patrol web site.</w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t xml:space="preserve">  If scaffolding or nets are suspended below low steel in the navigation span, the </w:t>
       </w:r>
-      <w:del w:id="17" w:author="Daniel M. Smith" w:date="2020-05-11T13:50:00Z">
+      <w:del w:id="16" w:author="Daniel M. Smith" w:date="2020-05-11T13:50:00Z">
         <w:r w:rsidR="00B635CB" w:rsidDel="00B635CB">
           <w:delText>U.S. Coast Guard district office</w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="18" w:author="Daniel M. Smith" w:date="2020-05-11T13:50:00Z">
+      <w:ins w:id="17" w:author="Daniel M. Smith" w:date="2020-05-11T13:50:00Z">
         <w:r w:rsidR="00B635CB">
           <w:t>engineer</w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t xml:space="preserve"> shall be advised so that the temporary reductions in clearance for river traffic can be checked for reasonableness and appropriate notices can be published.  Positive precautions shall be taken to prevent the accidental dropping</w:t>
       </w:r>
       <w:r w:rsidR="00C256B0">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> spark producing, flame producing, lighted or damaging objects onto barges or vessels passing beneath the bridge.  All flame cutting, welding or other similar spark producing operations shall be ceased over the channel when vessels are passing beneath the bridge.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="11CF84B4" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="61229F37" w14:textId="77777777" w:rsidR="002B5349" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.2  </w:t>
       </w:r>
       <w:r>
-        <w:t>The</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> contractor shall be responsible for submitting a work plan to the engineer for review.  When the engineer is in concurrence </w:t>
+        <w:t xml:space="preserve">The contractor shall be responsible for submitting a work plan to the engineer for review.  When the engineer is in concurrence </w:t>
       </w:r>
       <w:r w:rsidR="00D22457">
         <w:t>with the work plan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the engineer will forward the material to the </w:t>
       </w:r>
-      <w:del w:id="19" w:author="Daniel M. Smith" w:date="2020-05-11T13:52:00Z">
+      <w:del w:id="18" w:author="Daniel M. Smith" w:date="2020-05-11T13:52:00Z">
         <w:r w:rsidR="00B635CB" w:rsidDel="00B635CB">
           <w:delText>U.S. Coast Guard district office</w:delText>
         </w:r>
       </w:del>
-      <w:ins w:id="20" w:author="Daniel M. Smith" w:date="2020-05-11T13:52:00Z">
+      <w:ins w:id="19" w:author="Daniel M. Smith" w:date="2020-05-11T13:52:00Z">
         <w:r w:rsidR="00B635CB">
           <w:t>appropriate agency or agencies</w:t>
         </w:r>
       </w:ins>
       <w:r>
         <w:t xml:space="preserve"> for approval</w:t>
       </w:r>
       <w:r w:rsidR="002B5349">
         <w:t xml:space="preserve">.   </w:t>
       </w:r>
-      <w:del w:id="21" w:author="Daniel M. Smith" w:date="2020-05-11T13:57:00Z">
+      <w:del w:id="20" w:author="Daniel M. Smith" w:date="2020-05-11T13:57:00Z">
         <w:r w:rsidR="002B5349" w:rsidDel="00110104">
           <w:delText>The U.S. Coast Guard will require at least 30 days to review the work plan prior to any work beginning.  The work plan shall be submitted to the District Commander, Western Rivers Operation, Eighth Coast Guard District, Bridge Branch.</w:delText>
         </w:r>
       </w:del>
     </w:p>
-    <w:p w:rsidR="00B3790B" w:rsidRDefault="00B3790B">
-[...7 lines deleted...]
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+    <w:p w14:paraId="0842F92B" w14:textId="77777777" w:rsidR="00B3790B" w:rsidRDefault="00B3790B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C5DA796" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.0  Method of Measurement.  </w:t>
       </w:r>
       <w:r>
         <w:t>No measurement will be made.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> of Payment.  </w:t>
+    <w:p w14:paraId="7FF2EB79" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00CF5471"/>
+    <w:p w14:paraId="254073D3" w14:textId="77777777" w:rsidR="00CF5471" w:rsidRDefault="00A777FC">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.0  Basis of Payment.  </w:t>
       </w:r>
       <w:r>
         <w:t>Payment for the above described work will be considered completely covered by the contract unit price for other items included in the contract.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CF5471" w:rsidSect="00CF5471">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1080" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+    <w:p w14:paraId="1B51F623" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+    <w:p w14:paraId="1C54A444" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2855,126 +2743,126 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="6E1311B4" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1CDDB57E" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+    <w:p w14:paraId="34A82AAA" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+    <w:p w14:paraId="79596F32" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="71E775CF" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1B870B1A" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="141969F1" w14:textId="77777777" w:rsidR="00B47C76" w:rsidRDefault="00B47C76">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="636E506A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A3CA5F8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3071,144 +2959,150 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1388449882">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w15:person w15:author="Daniel M. Smith">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Daniel.M.Smith@modot.mo.gov::25fa5273-c330-42e3-a985-a27ef7108a1d"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A777FC"/>
     <w:rsid w:val="0003656E"/>
     <w:rsid w:val="00040F51"/>
     <w:rsid w:val="00083944"/>
     <w:rsid w:val="000A6587"/>
+    <w:rsid w:val="000B3F72"/>
     <w:rsid w:val="000C638C"/>
     <w:rsid w:val="00110104"/>
     <w:rsid w:val="00143D24"/>
     <w:rsid w:val="00165EB9"/>
     <w:rsid w:val="001A0C0A"/>
-    <w:rsid w:val="001F126E"/>
+    <w:rsid w:val="001D13B9"/>
+    <w:rsid w:val="002B46C0"/>
     <w:rsid w:val="002B5349"/>
     <w:rsid w:val="002F5420"/>
     <w:rsid w:val="002F7B62"/>
     <w:rsid w:val="00355F9C"/>
     <w:rsid w:val="003A5C59"/>
     <w:rsid w:val="003B7D75"/>
     <w:rsid w:val="0041437C"/>
     <w:rsid w:val="004278CF"/>
     <w:rsid w:val="00453291"/>
     <w:rsid w:val="004647B8"/>
     <w:rsid w:val="00465991"/>
     <w:rsid w:val="004A2A8A"/>
     <w:rsid w:val="004B6F09"/>
     <w:rsid w:val="0050334D"/>
     <w:rsid w:val="00510988"/>
     <w:rsid w:val="0053199F"/>
     <w:rsid w:val="005417F6"/>
     <w:rsid w:val="00586E4B"/>
     <w:rsid w:val="005D18AA"/>
     <w:rsid w:val="006519AA"/>
     <w:rsid w:val="00661707"/>
     <w:rsid w:val="006817CD"/>
     <w:rsid w:val="00693CB3"/>
     <w:rsid w:val="006B304D"/>
     <w:rsid w:val="006C53D7"/>
     <w:rsid w:val="0070661F"/>
     <w:rsid w:val="007C5F04"/>
     <w:rsid w:val="008464C0"/>
     <w:rsid w:val="008C16C2"/>
     <w:rsid w:val="009114ED"/>
     <w:rsid w:val="009B5C12"/>
+    <w:rsid w:val="009D0528"/>
     <w:rsid w:val="00A02757"/>
+    <w:rsid w:val="00A130C4"/>
+    <w:rsid w:val="00A32E46"/>
     <w:rsid w:val="00A37537"/>
     <w:rsid w:val="00A777FC"/>
+    <w:rsid w:val="00AB2520"/>
     <w:rsid w:val="00AC0201"/>
     <w:rsid w:val="00AE78E2"/>
     <w:rsid w:val="00B3790B"/>
     <w:rsid w:val="00B47C76"/>
     <w:rsid w:val="00B51C72"/>
     <w:rsid w:val="00B635CB"/>
     <w:rsid w:val="00B722C4"/>
     <w:rsid w:val="00BE7EFA"/>
     <w:rsid w:val="00C256B0"/>
+    <w:rsid w:val="00C27A8E"/>
     <w:rsid w:val="00C56C84"/>
     <w:rsid w:val="00C918C0"/>
     <w:rsid w:val="00CE11A6"/>
     <w:rsid w:val="00CE342A"/>
     <w:rsid w:val="00CF5471"/>
     <w:rsid w:val="00CF5C8C"/>
     <w:rsid w:val="00D05F42"/>
     <w:rsid w:val="00D22457"/>
     <w:rsid w:val="00D447BA"/>
     <w:rsid w:val="00D66593"/>
     <w:rsid w:val="00D93690"/>
     <w:rsid w:val="00DE1621"/>
     <w:rsid w:val="00DE346B"/>
     <w:rsid w:val="00E863A6"/>
     <w:rsid w:val="00EB6391"/>
     <w:rsid w:val="00EC2626"/>
     <w:rsid w:val="00EC6C3A"/>
     <w:rsid w:val="00EE6AA4"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F263E5"/>
     <w:rsid w:val="00F55C6B"/>
     <w:rsid w:val="00F668B0"/>
     <w:rsid w:val="00F76A99"/>
     <w:rsid w:val="00F8762D"/>
     <w:rsid w:val="00FB2AB2"/>
@@ -3216,67 +3110,67 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="459C111A"/>
+  <w14:docId w14:val="1A618020"/>
   <w15:docId w15:val="{6A63CB50-ED7E-4B8C-A6A6-B513B4DF7EE3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3608,50 +3502,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CF5471"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
       </w:tabs>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
@@ -4039,51 +3934,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FC523B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC523B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -4336,66 +4231,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1689</Words>
-  <Characters>9629</Characters>
+  <Words>1701</Words>
+  <Characters>9699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>80</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11296</CharactersWithSpaces>
+  <CharactersWithSpaces>11378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>frankd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>