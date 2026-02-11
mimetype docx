--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -1,459 +1,439 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="41A4C8B5" w14:textId="341268AA" w:rsidR="00DA041C" w:rsidRDefault="00287296" w:rsidP="00DA041C">
+    <w:p w14:paraId="1F14C5D7" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="006407A2">
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
-[...1 lines deleted...]
-          <w:ins w:id="0" w:author="Frankd" w:date="2016-10-20T10:41:00Z"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="1" w:author="Frankd" w:date="2016-09-15T14:36:00Z">
-[...5 lines deleted...]
-    <w:p w14:paraId="78AA5122" w14:textId="60B8E651" w:rsidR="00DA041C" w:rsidRDefault="00952014" w:rsidP="00DA041C">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewers:  Modify BSP as follows: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF69AD9" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="006407A2">
       <w:pPr>
-        <w:ind w:left="720"/>
-[...1 lines deleted...]
-          <w:ins w:id="2" w:author="Frankd" w:date="2016-10-20T10:42:00Z"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:ins w:id="3" w:author="Frankd" w:date="2016-10-21T09:25:00Z">
-[...50 lines deleted...]
-    <w:p w14:paraId="4A7C0F29" w14:textId="47C380AC" w:rsidR="00DA041C" w:rsidRDefault="00DA041C" w:rsidP="00DA041C">
+    </w:p>
+    <w:p w14:paraId="619F7D8D" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="006407A2">
       <w:pPr>
-        <w:rPr>
-          <w:ins w:id="13" w:author="DDF" w:date="2016-09-15T14:40:00Z"/>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3C89BAFC" w14:textId="7993562C" w:rsidR="000977AE" w:rsidRDefault="009E6D0D" w:rsidP="00F25133">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For BSP title and section 1.0, accept revisions for parts that do not apply to project and reject revisions for parts that do apply to project.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA07AD7" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="006407A2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">For section 2.3.3, accept revisions for paragraphs that do not apply to project and reject revisions for paragraphs that do apply to project.  Renumber sections accordingly.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D95642C" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="006407A2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For section 3.1, accept revisions for projects without redecking and reject revisions for projects with redecking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BCB103" w14:textId="77777777" w:rsidR="006407A2" w:rsidRDefault="006407A2" w:rsidP="00DA041C">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="000977AE">
+    </w:p>
+    <w:p w14:paraId="3C89BAFC" w14:textId="1E9C6981" w:rsidR="000977AE" w:rsidRPr="00910327" w:rsidDel="009D3C5E" w:rsidRDefault="000977AE" w:rsidP="00F25133">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:del w:id="0" w:author="Suresh Patel" w:date="2025-03-10T10:06:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000977AE">
+      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">FIBER REINFORCED POLYMER </w:t>
       </w:r>
       <w:r w:rsidR="00F4273B">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">(FRP) </w:t>
       </w:r>
-      <w:r w:rsidR="000977AE">
+      <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">WRAP FOR CONCRETE </w:t>
-[...7 lines deleted...]
-      <w:del w:id="14" w:author="Frankd" w:date="2016-09-15T14:26:00Z">
+        <w:t>WRAP FOR CONCRETE</w:t>
+      </w:r>
+      <w:del w:id="1" w:author="Daniel M. Smith" w:date="2025-07-14T14:58:00Z">
+        <w:r w:rsidDel="0050498D">
+          <w:rPr>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="000101AA" w:rsidDel="0050498D">
+          <w:rPr>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:delText>BEAMS</w:delText>
+        </w:r>
+      </w:del>
+      <w:del w:id="2" w:author="Frankd" w:date="2016-09-15T14:26:00Z">
         <w:r w:rsidR="00F25133" w:rsidDel="002C262E">
           <w:rPr>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:delText>, PILES AND</w:delText>
-[...7 lines deleted...]
-          <w:delText xml:space="preserve"> </w:delText>
+          <w:delText xml:space="preserve">, PILES AND </w:delText>
         </w:r>
       </w:del>
-      <w:del w:id="16" w:author="DDF" w:date="2016-09-15T14:37:00Z">
+      <w:del w:id="3" w:author="DDF" w:date="2016-09-15T14:37:00Z">
         <w:r w:rsidR="00F25133" w:rsidDel="00287296">
           <w:rPr>
             <w:u w:val="single"/>
           </w:rPr>
           <w:delText>COLUMNS</w:delText>
         </w:r>
       </w:del>
       <w:r w:rsidR="00B754EE" w:rsidRPr="00B754EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B754EE" w:rsidRPr="00B754EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B754EE" w:rsidRPr="00B754EE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B754EE" w:rsidRPr="00B754EE">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B754EE" w:rsidRPr="00B754EE">
-[...30 lines deleted...]
-      <w:r w:rsidR="005B1FC6">
+      <w:r w:rsidR="00702BFF">
+        <w:t>7/14/25</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C89BAFD" w14:textId="17A8F684" w:rsidR="000977AE" w:rsidRPr="00910327" w:rsidRDefault="000977AE">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:pPrChange w:id="4" w:author="Suresh Patel" w:date="2025-03-10T10:06:00Z">
+          <w:pPr/>
+        </w:pPrChange>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C89BAFE" w14:textId="04844F52" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
+      <w:r w:rsidRPr="00910327">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00702BFF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00910327">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description.  </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1FC6" w:rsidRPr="00910327">
         <w:t>This work shall consist</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00910327">
         <w:t xml:space="preserve"> of designing, furnishing</w:t>
       </w:r>
-      <w:r w:rsidR="00A47247">
+      <w:r w:rsidR="00A47247" w:rsidRPr="00910327">
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00910327">
         <w:t xml:space="preserve"> and placing </w:t>
       </w:r>
-      <w:r w:rsidR="00AD1814">
+      <w:r w:rsidR="00AD1814" w:rsidRPr="00910327">
         <w:t>carbon</w:t>
       </w:r>
-      <w:r w:rsidR="00551918">
+      <w:r w:rsidR="00551918" w:rsidRPr="00910327">
         <w:t xml:space="preserve"> or glass</w:t>
       </w:r>
-      <w:r w:rsidR="00AD1814">
+      <w:r w:rsidR="00AD1814" w:rsidRPr="00910327">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00910327">
         <w:t xml:space="preserve">fiber reinforced polymer (FRP) composite wrap </w:t>
       </w:r>
-      <w:r w:rsidR="00025A42">
+      <w:r w:rsidR="00025A42" w:rsidRPr="00910327">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="009E6D0D">
-[...9 lines deleted...]
-        <w:r w:rsidR="003439B2" w:rsidDel="002C262E">
+      <w:r w:rsidR="009E6D0D" w:rsidRPr="00910327">
+        <w:t>shear strengthen the</w:t>
+      </w:r>
+      <w:del w:id="5" w:author="Daniel M. Smith" w:date="2025-07-14T14:58:00Z">
+        <w:r w:rsidR="009E6D0D" w:rsidRPr="00910327" w:rsidDel="0050498D">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidRPr="00910327" w:rsidDel="0050498D">
+          <w:delText>concrete</w:delText>
+        </w:r>
+        <w:r w:rsidR="009E6D0D" w:rsidRPr="00910327" w:rsidDel="0050498D">
+          <w:delText xml:space="preserve"> beam</w:delText>
+        </w:r>
+      </w:del>
+      <w:del w:id="6" w:author="Frankd" w:date="2016-09-15T14:27:00Z">
+        <w:r w:rsidR="003439B2" w:rsidRPr="00910327" w:rsidDel="002C262E">
           <w:delText>,</w:delText>
         </w:r>
-        <w:r w:rsidR="009E6D0D" w:rsidDel="002C262E">
+        <w:r w:rsidR="009E6D0D" w:rsidRPr="00910327" w:rsidDel="002C262E">
           <w:delText xml:space="preserve"> </w:delText>
         </w:r>
-        <w:r w:rsidR="00AD1814" w:rsidDel="002C262E">
+        <w:r w:rsidR="00AD1814" w:rsidRPr="00910327" w:rsidDel="002C262E">
           <w:delText>concrete pile confinement</w:delText>
         </w:r>
       </w:del>
-      <w:del w:id="18" w:author="DDF" w:date="2016-09-15T14:40:00Z">
-[...1 lines deleted...]
-          <w:delText xml:space="preserve"> and/or column confinement</w:delText>
+      <w:del w:id="7" w:author="DDF" w:date="2016-09-15T14:40:00Z">
+        <w:r w:rsidR="00287296" w:rsidRPr="00910327" w:rsidDel="00287296">
+          <w:delText xml:space="preserve"> and/or column </w:delText>
+        </w:r>
+        <w:r w:rsidR="00287296" w:rsidRPr="00702BFF" w:rsidDel="00287296">
+          <w:delText>confinement</w:delText>
         </w:r>
       </w:del>
-      <w:r w:rsidR="00AD1814" w:rsidRPr="009E2DC8">
+      <w:del w:id="8" w:author="Daniel M. Smith" w:date="2025-07-14T13:56:00Z">
+        <w:r w:rsidR="00702BFF" w:rsidDel="00702BFF">
+          <w:delText xml:space="preserve"> and/or column axial resistance</w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00AD1814" w:rsidRPr="00702BFF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E6D0D">
+      <w:r w:rsidR="009E6D0D" w:rsidRPr="00910327">
         <w:t>at the locations</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E2DC8">
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> by the engineer.</w:t>
+      <w:r w:rsidRPr="00910327">
+        <w:t xml:space="preserve"> shown on bridge plans and as directed by the engineer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BAFF" w14:textId="77777777" w:rsidR="00AD1814" w:rsidRDefault="00AD1814" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB00" w14:textId="74D1A9D7" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.0  Materials.  </w:t>
       </w:r>
       <w:r>
         <w:t>The storage and handling of materials for the FRP composite work shall be in accordance with the manufacturer’s written recommendations in factory sealed containers with the FRP manufacture</w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’s labels.  Labels shall be intact and legible with date of manufacture and shelf life. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB01" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB02" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> Properties.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2.1  Material Properties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB03" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C89BB04" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2.1.1  </w:t>
       </w:r>
       <w:r w:rsidRPr="001E390A">
-        <w:t>The</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> contractor shall p</w:t>
+        <w:t>The contractor shall p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rovide a </w:t>
       </w:r>
       <w:r w:rsidRPr="001713A6">
         <w:t xml:space="preserve">unidirectional, </w:t>
       </w:r>
       <w:r>
         <w:t>high-strength fiber fabric fully saturated with compatible epoxy resin per manufacturer’s recommendations.  FRP provided shall meet or exceed ASTM D3039 test procedure requirements (tensile modulus, stress and strain) as determined from independent laboratory testing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB05" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB06" w14:textId="25A0A4B4" w:rsidR="000977AE" w:rsidRPr="00463184" w:rsidRDefault="000977AE" w:rsidP="000977AE">
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2.1.2  </w:t>
       </w:r>
       <w:r w:rsidR="0052397D" w:rsidRPr="0052397D">
-        <w:t>The</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> contractor shall p</w:t>
+        <w:t>The contractor shall p</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rovide </w:t>
       </w:r>
       <w:r w:rsidR="0052397D">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:t>flexible, waterproofing, non-vapor barrier protective top coating compatible with the FRP manufacturer’s recommendations to protect the FRP from ultraviolet radiation and heavy abrasion</w:t>
       </w:r>
       <w:r w:rsidR="003439B2">
         <w:t xml:space="preserve"> with a design life of 50 years</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003439B2">
         <w:t xml:space="preserve">  This protective top coating shall closely match the </w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t xml:space="preserve">gray </w:t>
       </w:r>
       <w:r w:rsidR="003439B2">
         <w:t xml:space="preserve">color appearance of the </w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t>existing concrete color.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB07" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB08" w14:textId="0B95F28F" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2.2  Product Data.  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Manufacturer’s product data including physical and chemical characteristics, material specifications for each component, limitations on use of the system, construction or application specifications, maintenance instructions and general manufacturer’s recommendations regarding each system shall be provided.  Product data on the proposed primer, putty, resin, </w:t>
-[...7 lines deleted...]
-        <w:t>, and carbon</w:t>
+        <w:t>Manufacturer’s product data including physical and chemical characteristics, material specifications for each component, limitations on use of the system, construction or application specifications, maintenance instructions and general manufacturer’s recommendations regarding each system shall be provided.  Product data on the proposed primer, putty, resin, saturant, and carbon</w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:t xml:space="preserve"> or glass</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fiber shall be included.  Testing information on the combination of the proposed carbon</w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:t xml:space="preserve"> or glass</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fiber reinforcement and epoxy when used together as a system shall be provided.  The contractor shall provide certifications by the producers of the materials that all materials supplied are in accordance with all the requirements and standards of the appropriate ASTM and other agencies.  Manufacturer’s Material Safety Data Sheets (MSDS) for all materials to be used shall be provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB09" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB0A" w14:textId="0795B950" w:rsidR="000977AE" w:rsidRPr="001E4B5B" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00B003C1">
         <w:rPr>
           <w:b/>
@@ -496,50 +476,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidR="000977AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="000977AE">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="000977AE" w:rsidRPr="001E4B5B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contractor Qualifications.</w:t>
       </w:r>
       <w:r w:rsidR="000977AE">
         <w:t xml:space="preserve">  The contractor shall provide a manufacturer’s certification of technical training, FRP system selected, project supervisor, and documentation showing the contractor has been certified or approved by the manufacturer of the FRP system.  A contractor specializing in the supply and installation of FRP repair systems with minimum of 5 years of </w:t>
       </w:r>
       <w:r w:rsidR="00CD14C1">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">documented </w:t>
       </w:r>
       <w:r w:rsidR="000977AE">
         <w:t xml:space="preserve">experience </w:t>
       </w:r>
       <w:r w:rsidR="00CD14C1">
         <w:t xml:space="preserve">or 25 documented similar field applications with acceptable reference letters from respective owners </w:t>
       </w:r>
       <w:r w:rsidR="000977AE">
         <w:t>in performing FRP composite retrofits shall perform the work.  A trained project supervisor shall remain at the work site at all times to instruct the work crew in the FRP application procedures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB0D" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB0E" w14:textId="4DCA912D" w:rsidR="0052397D" w:rsidRDefault="00B003C1" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00B02334">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.2</w:t>
@@ -568,226 +549,419 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2.3.3</w:t>
       </w:r>
       <w:r w:rsidR="0052397D" w:rsidRPr="0052397D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  Calculations.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB11" w14:textId="77777777" w:rsidR="009A156C" w:rsidRDefault="009A156C" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C89BB12" w14:textId="06B15DEA" w:rsidR="000977AE" w:rsidRDefault="00B02334" w:rsidP="000977AE">
-[...34 lines deleted...]
-    <w:p w14:paraId="3C89BB13" w14:textId="77777777" w:rsidR="009A156C" w:rsidRDefault="009A156C" w:rsidP="000977AE"/>
+    <w:p w14:paraId="3C89BB12" w14:textId="3D99C1CA" w:rsidR="000977AE" w:rsidDel="0050498D" w:rsidRDefault="00B02334" w:rsidP="000977AE">
+      <w:pPr>
+        <w:rPr>
+          <w:del w:id="9" w:author="Daniel M. Smith" w:date="2025-07-14T14:59:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="10" w:author="Daniel M. Smith" w:date="2025-07-14T14:59:00Z">
+        <w:r w:rsidDel="0050498D">
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:delText>2.3.3.1</w:delText>
+        </w:r>
+        <w:r w:rsidR="009A156C" w:rsidDel="0050498D">
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:delText xml:space="preserve">  Concrete Beam Shear </w:delText>
+        </w:r>
+        <w:r w:rsidR="002C262E" w:rsidDel="0050498D">
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:delText>Strengthen</w:delText>
+        </w:r>
+        <w:r w:rsidR="004300FF" w:rsidDel="0050498D">
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:delText>ing</w:delText>
+        </w:r>
+        <w:r w:rsidR="009A156C" w:rsidDel="0050498D">
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:delText xml:space="preserve">.  </w:delText>
+        </w:r>
+        <w:r w:rsidR="000977AE" w:rsidDel="0050498D">
+          <w:delText xml:space="preserve">Signed and sealed calculations with the shop drawings shall be submitted indicating that the proposed system provides </w:delText>
+        </w:r>
+        <w:r w:rsidR="000E5CAD" w:rsidDel="0050498D">
+          <w:delText>the additional design forces required at the locations indicated on the plans.</w:delText>
+        </w:r>
+        <w:r w:rsidR="00415DBB" w:rsidDel="0050498D">
+          <w:delText xml:space="preserve">  The fiber reinforced polymer wrapping shall be designed in accordance with NCHRP Report 678, Design of FRP System for Strengthening Concrete Girders in Shear.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="3C89BB13" w14:textId="4EAC3747" w:rsidR="009A156C" w:rsidDel="0050498D" w:rsidRDefault="009A156C" w:rsidP="000977AE">
+      <w:pPr>
+        <w:rPr>
+          <w:del w:id="11" w:author="Daniel M. Smith" w:date="2025-07-14T14:59:00Z"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3C89BB14" w14:textId="503F1FBB" w:rsidR="009A156C" w:rsidDel="00B02334" w:rsidRDefault="00B02334" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
-          <w:del w:id="19" w:author="Frankd" w:date="2016-09-15T14:33:00Z"/>
+          <w:del w:id="12" w:author="Frankd" w:date="2016-09-15T14:33:00Z"/>
         </w:rPr>
       </w:pPr>
-      <w:del w:id="20" w:author="Frankd" w:date="2016-10-20T16:06:00Z">
+      <w:del w:id="13" w:author="Frankd" w:date="2016-10-20T16:06:00Z">
         <w:r w:rsidDel="00B02334">
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:delText xml:space="preserve">2.3.3.2  </w:delText>
         </w:r>
       </w:del>
-      <w:del w:id="21" w:author="Frankd" w:date="2016-09-15T14:33:00Z">
+      <w:del w:id="14" w:author="Frankd" w:date="2016-09-15T14:33:00Z">
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:delText xml:space="preserve">Precast Octagonal Pile Confinement.  </w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText>Signed and sealed calculations with the shop drawings shall be submitted indicating that the proposed system provides 80 percent of the confinement that the existing spiral reinforcement provides in the standard octagonal precast constant section pile (Trestles)</w:delText>
         </w:r>
         <w:r w:rsidR="00536C3D" w:rsidDel="00287296">
           <w:delText xml:space="preserve"> at the locations indicated on the plans</w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText>.  The strength of the confinement shall vary when the pitch of the spiral reinforcement varies as shown on the existing plans due to seismic considerations.  Class A concrete f’c equals 5000 psi and reinforcing steel Fy equals 40,000 psi for the reinforced concrete piles.</w:delText>
         </w:r>
       </w:del>
     </w:p>
     <w:p w14:paraId="0F9C92CD" w14:textId="04B88876" w:rsidR="00B02334" w:rsidRPr="009A156C" w:rsidDel="00B02334" w:rsidRDefault="00B02334" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
-          <w:del w:id="22" w:author="Frankd" w:date="2016-10-20T16:07:00Z"/>
+          <w:del w:id="15" w:author="Frankd" w:date="2016-10-20T16:07:00Z"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C89BB16" w14:textId="74143518" w:rsidR="009A156C" w:rsidDel="00287296" w:rsidRDefault="00B02334" w:rsidP="000977AE">
-[...5 lines deleted...]
-      <w:del w:id="24" w:author="DDF" w:date="2016-10-20T16:07:00Z">
+    <w:p w14:paraId="3C89BB16" w14:textId="74143518" w:rsidR="009A156C" w:rsidRDefault="00B02334" w:rsidP="000977AE">
+      <w:del w:id="16" w:author="DDF" w:date="2016-10-20T16:07:00Z">
         <w:r w:rsidDel="00B02334">
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:delText xml:space="preserve">2.3.3.3  </w:delText>
         </w:r>
       </w:del>
-      <w:del w:id="25" w:author="DDF" w:date="2016-09-15T14:42:00Z">
+      <w:del w:id="17" w:author="DDF" w:date="2016-09-15T14:42:00Z">
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:delText xml:space="preserve">Column Confinement.  </w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText xml:space="preserve">Signed and sealed calculations with the shop drawings shall be submitted indicating that the proposed system provides 80 percent of the confinement that the existing </w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText xml:space="preserve">column stirrups/spiral </w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText xml:space="preserve">reinforcement </w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText>p</w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText>rovides</w:delText>
         </w:r>
         <w:r w:rsidR="00536C3D" w:rsidDel="00287296">
           <w:delText xml:space="preserve"> at the locations indicated on the plans</w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText>.</w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText xml:space="preserve">  The strength of the confi</w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText>nement shall vary when the spacing</w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText xml:space="preserve"> of the </w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText xml:space="preserve">column stirrups/spiral reinforcement </w:delText>
         </w:r>
         <w:r w:rsidR="009A156C" w:rsidDel="00287296">
           <w:delText xml:space="preserve">varies as shown on the existing plans.  </w:delText>
         </w:r>
         <w:r w:rsidR="00536506" w:rsidDel="00287296">
           <w:delText>Strength of the existing concrete and reinforcement steel can be obtained from the existing plans.</w:delText>
         </w:r>
       </w:del>
     </w:p>
-    <w:p w14:paraId="3C89BB17" w14:textId="77777777" w:rsidR="000977AE" w:rsidDel="00287296" w:rsidRDefault="000977AE" w:rsidP="000977AE">
+    <w:p w14:paraId="46B60C89" w14:textId="77777777" w:rsidR="00DC3434" w:rsidDel="00167F6B" w:rsidRDefault="00DC3434" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
-          <w:del w:id="26" w:author="DDF" w:date="2016-09-15T14:42:00Z"/>
+          <w:del w:id="18" w:author="DDF" w:date="2016-09-15T14:42:00Z"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3260C5E7" w14:textId="7A9DC92B" w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26" w:rsidRDefault="002974A3" w:rsidP="0005180A">
+      <w:pPr>
+        <w:rPr>
+          <w:del w:id="19" w:author="Daniel M. Smith" w:date="2025-07-14T14:22:00Z"/>
+        </w:rPr>
+      </w:pPr>
+      <w:del w:id="20" w:author="Daniel M. Smith" w:date="2025-07-14T14:22:00Z">
+        <w:r w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">2.3.3.4 </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00AE18EF" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">Seismic Details </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText>f</w:delText>
+        </w:r>
+        <w:r w:rsidR="00AE18EF" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">or </w:delText>
+        </w:r>
+        <w:r w:rsidR="00E81BCE" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">Widening. </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">Signed and sealed calculations with the shop drawings shall be submitted indicating that the proposed </w:delText>
+        </w:r>
+        <w:r w:rsidR="0038306B" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">FRP application </w:delText>
+        </w:r>
+        <w:r w:rsidR="00E85B32" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">on </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">the </w:delText>
+        </w:r>
+        <w:r w:rsidR="00E85B32" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">existing column </w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">provides </w:delText>
+        </w:r>
+        <w:r w:rsidR="00575713" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>a</w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00DC27CB" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">factored </w:delText>
+        </w:r>
+        <w:r w:rsidR="00492EB5" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>axial</w:delText>
+        </w:r>
+        <w:r w:rsidR="00350AC0" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00A77DC9" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>resi</w:delText>
+        </w:r>
+        <w:r w:rsidR="00CA5224" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>s</w:delText>
+        </w:r>
+        <w:r w:rsidR="00A77DC9" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>tance</w:delText>
+        </w:r>
+        <w:r w:rsidR="00350AC0" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00F820A3" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>to be not less than the new column</w:delText>
+        </w:r>
+        <w:r w:rsidR="00E873CF" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00DC27CB" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">factored </w:delText>
+        </w:r>
+        <w:r w:rsidR="00492EB5" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>axial</w:delText>
+        </w:r>
+        <w:r w:rsidR="00E873CF" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00CA5224" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>resistance</w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>.</w:delText>
+        </w:r>
+        <w:r w:rsidR="009616E4" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="00DE072D" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>Factored a</w:delText>
+        </w:r>
+        <w:r w:rsidR="008F2F33" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">xial </w:delText>
+        </w:r>
+        <w:r w:rsidR="00CA5224" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>resistance</w:delText>
+        </w:r>
+        <w:r w:rsidR="00C15678" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>of the existing co</w:delText>
+        </w:r>
+        <w:r w:rsidR="00C15678" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>lumn</w:delText>
+        </w:r>
+        <w:r w:rsidR="005E63F3" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>s</w:delText>
+        </w:r>
+        <w:r w:rsidR="00D1775E" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">and </w:delText>
+        </w:r>
+        <w:r w:rsidR="00D1775E" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>new column</w:delText>
+        </w:r>
+        <w:r w:rsidR="005E63F3" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">s </w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText xml:space="preserve">can be obtained from the </w:delText>
+        </w:r>
+        <w:r w:rsidR="006E3E26" w:rsidDel="006E3E26">
+          <w:delText>contract plans</w:delText>
+        </w:r>
+        <w:r w:rsidR="0005180A" w:rsidRPr="00DC3434" w:rsidDel="006E3E26">
+          <w:delText>.</w:delText>
+        </w:r>
+      </w:del>
+    </w:p>
+    <w:p w14:paraId="4D66F976" w14:textId="123B6C1D" w:rsidR="00DC3434" w:rsidRPr="00DC3434" w:rsidDel="006E3E26" w:rsidRDefault="00DC3434" w:rsidP="0005180A">
+      <w:pPr>
+        <w:rPr>
+          <w:del w:id="21" w:author="Daniel M. Smith" w:date="2025-07-14T14:22:00Z"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C89BB18" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000E5CAD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.0  Construction Requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB19" w14:textId="77777777" w:rsidR="001713A6" w:rsidRDefault="001713A6" w:rsidP="000977AE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C89BB1A" w14:textId="219F8ED5" w:rsidR="001713A6" w:rsidRPr="00551918" w:rsidRDefault="001713A6" w:rsidP="000977AE">
+    <w:p w14:paraId="3C89BB1A" w14:textId="69FDC78C" w:rsidR="001713A6" w:rsidRPr="00DC36BE" w:rsidRDefault="001713A6" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.1  </w:t>
       </w:r>
       <w:r w:rsidR="00012D08">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FRP Wrapping</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -805,51 +979,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> shall be</w:t>
       </w:r>
       <w:r w:rsidR="00287296">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
       <w:r w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00386D56">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">complete wrapping </w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">except where objects interfere, in those places </w:t>
+        <w:t>except where objects interfere</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7581">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.  I</w:t>
+      </w:r>
+      <w:r w:rsidR="006D13C3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n those places</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7581">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D13C3">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>U-wrap</w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00287296">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
@@ -889,99 +1087,123 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>continuously</w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or as discrete strips</w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>with a maximum of 12” spacing</w:t>
+        <w:t>with a maximum of 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7581">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inch</w:t>
+      </w:r>
+      <w:r w:rsidR="005B1FC6">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> spacing</w:t>
       </w:r>
       <w:r w:rsidR="00DA041C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> centerline to centerline</w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Fibers in the FRP in its final position on the concrete component shall be oriented </w:t>
       </w:r>
       <w:r w:rsidR="00055DB5" w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>in the direction that maximizes the effectiveness of the FRP reinforcement.</w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  Anchorage </w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>required for U-</w:t>
       </w:r>
       <w:r w:rsidR="00055DB5" w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">wrap </w:t>
+        <w:t>wrap</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7581">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00055DB5" w:rsidRPr="00055DB5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">and overlap </w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
       <w:r w:rsidR="00A67C0F">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">required for </w:t>
       </w:r>
       <w:r w:rsidR="006D13C3">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>complete</w:t>
       </w:r>
@@ -1036,99 +1258,94 @@
       <w:r w:rsidR="00FC14AA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not be used</w:t>
       </w:r>
       <w:r w:rsidR="00055DB5" w:rsidRPr="00055DB5">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> as anchorage for FRP shear reinforcement</w:t>
       </w:r>
       <w:r w:rsidR="00055DB5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00551918" w:rsidRPr="00DA041C">
-[...47 lines deleted...]
-      </w:r>
+      <w:del w:id="22" w:author="Daniel M. Smith" w:date="2025-07-14T14:28:00Z">
+        <w:r w:rsidR="00551918" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">The FRP shear strengthening </w:delText>
+        </w:r>
+        <w:r w:rsidR="007B3AD1" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">may </w:delText>
+        </w:r>
+        <w:r w:rsidR="00DA041C" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">be </w:delText>
+        </w:r>
+        <w:r w:rsidR="007B3AD1" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve">installed during the process of forming the deck but </w:delText>
+        </w:r>
+        <w:r w:rsidR="00551918" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText>shall be installed</w:delText>
+        </w:r>
+        <w:r w:rsidR="007B3AD1" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> and cured</w:delText>
+        </w:r>
+        <w:r w:rsidR="00551918" w:rsidRPr="00DC36BE" w:rsidDel="00DC36BE">
+          <w:rPr>
+            <w:bCs/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> before the deck is poured.</w:delText>
+        </w:r>
+      </w:del>
     </w:p>
     <w:p w14:paraId="3C89BB1B" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB1C" w14:textId="0F81F7BE" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00415DBB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1143,92 +1360,91 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Requirement.  </w:t>
       </w:r>
       <w:r>
         <w:t>The surfaces of the concrete to receive the FRP composite shall be reasonably dry</w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
         <w:t xml:space="preserve"> based on the following test.  </w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00FC14AA">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
         <w:t xml:space="preserve"> x </w:t>
       </w:r>
       <w:r w:rsidR="00FC14AA">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
-        <w:t xml:space="preserve"> foot polyethylene sheet shall be taped to the</w:t>
+        <w:t xml:space="preserve"> foot polyethylene sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="00C832FB">
+        <w:lastRenderedPageBreak/>
+        <w:t>shall be taped to the</w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t xml:space="preserve"> existing</w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
         <w:t xml:space="preserve"> concrete surface</w:t>
       </w:r>
       <w:r w:rsidR="005B1FC6">
         <w:t xml:space="preserve"> and at any substructure repair area</w:t>
       </w:r>
       <w:r w:rsidR="00C832FB">
         <w:t>.  If moisture collects on the underside of the polyethylene sheet before the epoxy would cure, the concrete shall be allowed to dry longer.  The concrete surface shall pass this test before the FRP can be applied.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB1D" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB1E" w14:textId="0809E807" w:rsidR="008A63F1" w:rsidRPr="000E5CAD" w:rsidRDefault="000E5CAD" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00415DBB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D715AA" w:rsidRPr="000E5CAD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  Surface Preparation.  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
-        <w:t>Spalled</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> and loose concrete shall be removed and concrete surfaces restored to their original dimensions using substructure repair in accordance with </w:t>
+        <w:t xml:space="preserve">Spalled and loose concrete shall be removed and concrete surfaces restored to their original dimensions using substructure repair in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="006D13C3">
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 704</w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:t xml:space="preserve">The new concrete in the substructure repair areas shall cure for a minimum of 28 days before the FRP is applied.  </w:t>
       </w:r>
       <w:r w:rsidR="000977AE" w:rsidRPr="000E5CAD">
         <w:t>Concrete surfaces of existing</w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t xml:space="preserve"> or patched</w:t>
       </w:r>
       <w:r w:rsidR="000977AE" w:rsidRPr="000E5CAD">
         <w:t xml:space="preserve"> concrete to receive an application of FRP material shall be prepared by </w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t>abrasive</w:t>
       </w:r>
@@ -1274,55 +1490,51 @@
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="0075363F">
         <w:t>Localized out-of-plane variations</w:t>
       </w:r>
       <w:r w:rsidR="00423CEC">
         <w:t>, including form lines,</w:t>
       </w:r>
       <w:r w:rsidR="0075363F">
         <w:t xml:space="preserve"> shall not exceed the smaller of 1/32 inch or the tolerances recommended by the FRP manufacturer’s recommendation</w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00AC2EE6">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
         <w:t>harp and chamfered corners</w:t>
       </w:r>
       <w:r w:rsidR="00AC2EE6">
         <w:t xml:space="preserve"> shall be rounded off</w:t>
       </w:r>
       <w:r w:rsidR="008A63F1" w:rsidRPr="000E5CAD">
-        <w:t xml:space="preserve"> to a minimum radius of 1/2 inch by grinding or forming </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">with the system’s thickened epoxy.  Variations in the radius along the vertical edge shall not exceed 1/2 inch for each foot of length. </w:t>
+        <w:t xml:space="preserve"> to a minimum radius of 1/2 inch by grinding or forming with the system’s thickened epoxy.  Variations in the radius along the vertical edge shall not exceed 1/2 inch for each foot of length. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB1F" w14:textId="77777777" w:rsidR="00F4273B" w:rsidRDefault="00F4273B" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB20" w14:textId="60B840AF" w:rsidR="00F4273B" w:rsidRPr="00F4273B" w:rsidRDefault="00D46DCB" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00415DBB">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00F4273B" w:rsidRPr="00F4273B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F4273B">
         <w:rPr>
           <w:b/>
@@ -1418,624 +1630,1157 @@
       </w:r>
       <w:r w:rsidR="003546BA">
         <w:t xml:space="preserve">bent </w:t>
       </w:r>
       <w:r w:rsidR="00415DBB">
         <w:t>having</w:t>
       </w:r>
       <w:r w:rsidR="00A415D1">
         <w:t xml:space="preserve"> FRP being applied.</w:t>
       </w:r>
       <w:r w:rsidR="005503A4">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F4273B">
         <w:t>The FRP shall be installed in accordance with the manufacturer’s written recommendations</w:t>
       </w:r>
       <w:r w:rsidR="00BF6019">
         <w:t xml:space="preserve"> and as required by the job special provisions</w:t>
       </w:r>
       <w:r w:rsidR="00F4273B">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB21" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
     <w:p w14:paraId="3C89BB22" w14:textId="0573FBE6" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
-      <w:proofErr w:type="gramStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of Measurement.  </w:t>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.0  Method of Measurement.  </w:t>
       </w:r>
       <w:r w:rsidR="00E33177" w:rsidRPr="00802386">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Fiber reinforced polymer wrap </w:t>
       </w:r>
       <w:r w:rsidR="000E5CAD">
         <w:t xml:space="preserve">will be measured to the nearest square foot </w:t>
       </w:r>
       <w:r w:rsidR="006D1F85">
         <w:t xml:space="preserve">based on </w:t>
       </w:r>
       <w:r w:rsidR="00551918">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D709BE">
         <w:t xml:space="preserve">member </w:t>
       </w:r>
       <w:r w:rsidR="000E5CAD">
         <w:t xml:space="preserve">surface area </w:t>
       </w:r>
       <w:r w:rsidR="00802386">
         <w:t>as detailed on the contract plans. No additional compensation will be given for the use of multiple layers of material to achieve design strength.</w:t>
       </w:r>
       <w:r w:rsidR="006D1F85">
         <w:t xml:space="preserve">  Final measurements will not be made</w:t>
       </w:r>
       <w:r w:rsidR="00733FAF">
         <w:t xml:space="preserve"> except for authorized changes during construction or where significant errors are found in the contract quantity.  The revision or correction will be computed and added to or deducted from the contract quantity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C89BB23" w14:textId="77777777" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE"/>
-    <w:p w14:paraId="3C89BB24" w14:textId="3CC0E82A" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
+    <w:p w14:paraId="3C89BB24" w14:textId="5208B159" w:rsidR="000977AE" w:rsidRDefault="000977AE" w:rsidP="000977AE">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">5.0  </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2DC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Basis of Payment. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE7581">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2DC8">
         <w:t>Payment for the above described work, including all material, equipment, labor and any other incidental work necessary to complete this item, will be considered comp</w:t>
       </w:r>
       <w:r>
         <w:t>letely covered by the contract unit</w:t>
       </w:r>
       <w:r w:rsidRPr="009E2DC8">
         <w:t xml:space="preserve"> price for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Fiber </w:t>
       </w:r>
       <w:r w:rsidR="00396508">
         <w:t xml:space="preserve">Reinforced Polymer </w:t>
       </w:r>
       <w:r w:rsidR="00663964">
         <w:t>Wrap</w:t>
       </w:r>
       <w:r w:rsidRPr="009E2DC8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D651A60" w14:textId="77777777" w:rsidR="00B02334" w:rsidRDefault="00B02334"/>
-    <w:sectPr w:rsidR="00B02334" w:rsidSect="000C55E9">
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00B02334" w:rsidSect="006407A2">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="720" w:right="1440" w:bottom="576" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C89BB29" w14:textId="77777777" w:rsidR="00232F01" w:rsidRDefault="00232F01">
+    <w:p w14:paraId="3CCF6C7F" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C89BB2A" w14:textId="77777777" w:rsidR="00232F01" w:rsidRDefault="00232F01">
+    <w:p w14:paraId="2507458A" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="59FF71EC" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="3C89BB2B" w14:textId="77777777" w:rsidR="002937BA" w:rsidRDefault="009D0C65">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7C1184BB" w14:textId="77777777" w:rsidR="00702BFF" w:rsidRDefault="00702BFF">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3C89BB2B" w14:textId="77777777" w:rsidR="00EB2172" w:rsidRDefault="009D0C65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00663964">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="3C89BB2C" w14:textId="77777777" w:rsidR="002937BA" w:rsidRDefault="009D0C65">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3C89BB2C" w14:textId="77777777" w:rsidR="00EB2172" w:rsidRDefault="009D0C65">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C89BB27" w14:textId="77777777" w:rsidR="00232F01" w:rsidRDefault="00232F01">
+    <w:p w14:paraId="4325C537" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C89BB28" w14:textId="77777777" w:rsidR="00232F01" w:rsidRDefault="00232F01">
+    <w:p w14:paraId="2655F49F" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="027DA15D" w14:textId="77777777" w:rsidR="00380B5E" w:rsidRDefault="00380B5E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7590AB74" w14:textId="77777777" w:rsidR="00702BFF" w:rsidRDefault="00702BFF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="28C4474F" w14:textId="77777777" w:rsidR="00702BFF" w:rsidRDefault="00702BFF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="62D2D0BD" w14:textId="77777777" w:rsidR="00702BFF" w:rsidRDefault="00702BFF">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24DE04E5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C740364"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="12803003">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w15:person w15:author="Suresh Patel">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Suresh.Patel@modot.mo.gov::2aa53e5b-9b8c-4558-8dca-2b23f2617e15"/>
+  </w15:person>
+  <w15:person w15:author="Daniel M. Smith">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Daniel.M.Smith@modot.mo.gov::25fa5273-c330-42e3-a985-a27ef7108a1d"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000977AE"/>
     <w:rsid w:val="000101AA"/>
     <w:rsid w:val="00012D08"/>
     <w:rsid w:val="00025A42"/>
+    <w:rsid w:val="0005180A"/>
     <w:rsid w:val="00055DB5"/>
+    <w:rsid w:val="00083365"/>
     <w:rsid w:val="000977AE"/>
     <w:rsid w:val="000A42D2"/>
+    <w:rsid w:val="000A66E4"/>
+    <w:rsid w:val="000E505D"/>
     <w:rsid w:val="000E5CAD"/>
+    <w:rsid w:val="000F7291"/>
     <w:rsid w:val="001408FD"/>
+    <w:rsid w:val="00167F6B"/>
     <w:rsid w:val="00170D77"/>
     <w:rsid w:val="001713A6"/>
+    <w:rsid w:val="0017383C"/>
     <w:rsid w:val="001B4A4D"/>
     <w:rsid w:val="001E0747"/>
+    <w:rsid w:val="001E1F8B"/>
+    <w:rsid w:val="001E2B73"/>
     <w:rsid w:val="001E60FF"/>
+    <w:rsid w:val="001F0EEA"/>
+    <w:rsid w:val="001F27C6"/>
+    <w:rsid w:val="00223DAB"/>
     <w:rsid w:val="00232F01"/>
+    <w:rsid w:val="0025030E"/>
+    <w:rsid w:val="00253A98"/>
+    <w:rsid w:val="00260772"/>
     <w:rsid w:val="00287296"/>
+    <w:rsid w:val="002974A3"/>
     <w:rsid w:val="002C262E"/>
     <w:rsid w:val="003439B2"/>
+    <w:rsid w:val="00350AC0"/>
     <w:rsid w:val="003546BA"/>
+    <w:rsid w:val="00380B5E"/>
     <w:rsid w:val="00381979"/>
+    <w:rsid w:val="0038306B"/>
     <w:rsid w:val="00386D56"/>
     <w:rsid w:val="00396508"/>
     <w:rsid w:val="003B7C15"/>
     <w:rsid w:val="00402527"/>
     <w:rsid w:val="00415DBB"/>
     <w:rsid w:val="00423CEC"/>
+    <w:rsid w:val="004300FF"/>
+    <w:rsid w:val="00453377"/>
+    <w:rsid w:val="00492EB5"/>
     <w:rsid w:val="00501D1D"/>
+    <w:rsid w:val="005028CE"/>
+    <w:rsid w:val="0050498D"/>
+    <w:rsid w:val="00516AA0"/>
     <w:rsid w:val="00520A9F"/>
     <w:rsid w:val="0052397D"/>
     <w:rsid w:val="00536506"/>
     <w:rsid w:val="00536C3D"/>
     <w:rsid w:val="005503A4"/>
     <w:rsid w:val="00551918"/>
+    <w:rsid w:val="00575713"/>
+    <w:rsid w:val="005812D5"/>
     <w:rsid w:val="005B1FC6"/>
+    <w:rsid w:val="005E63F3"/>
+    <w:rsid w:val="00617D65"/>
+    <w:rsid w:val="006407A2"/>
     <w:rsid w:val="00641674"/>
     <w:rsid w:val="00663964"/>
     <w:rsid w:val="00666920"/>
+    <w:rsid w:val="00696416"/>
     <w:rsid w:val="006D13C3"/>
     <w:rsid w:val="006D1F85"/>
+    <w:rsid w:val="006D5297"/>
+    <w:rsid w:val="006E3E26"/>
+    <w:rsid w:val="006F1716"/>
+    <w:rsid w:val="00702BFF"/>
+    <w:rsid w:val="00720FB3"/>
     <w:rsid w:val="00733FAF"/>
     <w:rsid w:val="0075363F"/>
+    <w:rsid w:val="007755E2"/>
+    <w:rsid w:val="0079286B"/>
     <w:rsid w:val="007A3D8D"/>
+    <w:rsid w:val="007A7305"/>
     <w:rsid w:val="007B3AD1"/>
+    <w:rsid w:val="007C7D06"/>
+    <w:rsid w:val="007E38AE"/>
     <w:rsid w:val="007F390C"/>
+    <w:rsid w:val="007F7A26"/>
     <w:rsid w:val="00802386"/>
+    <w:rsid w:val="0083198E"/>
+    <w:rsid w:val="00866FC9"/>
     <w:rsid w:val="008A63F1"/>
+    <w:rsid w:val="008C08ED"/>
+    <w:rsid w:val="008C69BD"/>
     <w:rsid w:val="008D4E76"/>
+    <w:rsid w:val="008F2F33"/>
+    <w:rsid w:val="00907650"/>
+    <w:rsid w:val="00910327"/>
+    <w:rsid w:val="00923D00"/>
     <w:rsid w:val="00935A36"/>
     <w:rsid w:val="009406B8"/>
     <w:rsid w:val="00952014"/>
+    <w:rsid w:val="009616E4"/>
     <w:rsid w:val="009A156C"/>
+    <w:rsid w:val="009B3D28"/>
     <w:rsid w:val="009D0C65"/>
+    <w:rsid w:val="009D3C5E"/>
+    <w:rsid w:val="009D4CBE"/>
+    <w:rsid w:val="009D68A2"/>
     <w:rsid w:val="009E5844"/>
     <w:rsid w:val="009E6D0D"/>
+    <w:rsid w:val="00A253DD"/>
+    <w:rsid w:val="00A267DA"/>
+    <w:rsid w:val="00A3531C"/>
     <w:rsid w:val="00A415D1"/>
     <w:rsid w:val="00A47247"/>
+    <w:rsid w:val="00A52E16"/>
     <w:rsid w:val="00A66C4B"/>
     <w:rsid w:val="00A67C0F"/>
+    <w:rsid w:val="00A77DC9"/>
     <w:rsid w:val="00AC2EE6"/>
     <w:rsid w:val="00AD1814"/>
+    <w:rsid w:val="00AE18EF"/>
+    <w:rsid w:val="00AF0152"/>
     <w:rsid w:val="00B003C1"/>
     <w:rsid w:val="00B02334"/>
     <w:rsid w:val="00B16414"/>
     <w:rsid w:val="00B530E2"/>
     <w:rsid w:val="00B754EE"/>
+    <w:rsid w:val="00B9437D"/>
     <w:rsid w:val="00BC02A6"/>
     <w:rsid w:val="00BE23C7"/>
     <w:rsid w:val="00BF6019"/>
+    <w:rsid w:val="00C15678"/>
+    <w:rsid w:val="00C60243"/>
+    <w:rsid w:val="00C64447"/>
     <w:rsid w:val="00C832FB"/>
     <w:rsid w:val="00C90F1D"/>
     <w:rsid w:val="00C97688"/>
     <w:rsid w:val="00CA0769"/>
+    <w:rsid w:val="00CA5224"/>
     <w:rsid w:val="00CD14C1"/>
+    <w:rsid w:val="00CE7581"/>
+    <w:rsid w:val="00D1775E"/>
     <w:rsid w:val="00D46DCB"/>
+    <w:rsid w:val="00D62A74"/>
     <w:rsid w:val="00D709BE"/>
     <w:rsid w:val="00D715AA"/>
     <w:rsid w:val="00DA041C"/>
+    <w:rsid w:val="00DB3910"/>
     <w:rsid w:val="00DC21A4"/>
+    <w:rsid w:val="00DC27CB"/>
+    <w:rsid w:val="00DC3434"/>
+    <w:rsid w:val="00DC36BE"/>
+    <w:rsid w:val="00DE072D"/>
     <w:rsid w:val="00DF09F9"/>
+    <w:rsid w:val="00E128A5"/>
     <w:rsid w:val="00E33177"/>
+    <w:rsid w:val="00E37175"/>
+    <w:rsid w:val="00E44100"/>
     <w:rsid w:val="00E65E1F"/>
+    <w:rsid w:val="00E81BCE"/>
+    <w:rsid w:val="00E85B32"/>
+    <w:rsid w:val="00E873CF"/>
+    <w:rsid w:val="00EB2172"/>
+    <w:rsid w:val="00EE503C"/>
+    <w:rsid w:val="00EF242B"/>
     <w:rsid w:val="00F063EB"/>
+    <w:rsid w:val="00F149AD"/>
     <w:rsid w:val="00F25133"/>
     <w:rsid w:val="00F4273B"/>
+    <w:rsid w:val="00F820A3"/>
     <w:rsid w:val="00F90BC9"/>
+    <w:rsid w:val="00FA7BB7"/>
     <w:rsid w:val="00FC14AA"/>
+    <w:rsid w:val="00FF2D62"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3C89BAF4"/>
+  <w15:docId w15:val="{0B95B6D7-5C77-4005-BA05-D78589CB8338}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...138 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000977AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2093,323 +2838,197 @@
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A3D8D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A3D8D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...163 lines deleted...]
-    <w:rsid w:val="000977AE"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A3531C"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A3531C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A3531C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A3531C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A3531C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EF242B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
-[...2 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...26 lines deleted...]
-    <w:rsid w:val="000977AE"/>
+    <w:rsid w:val="009D68A2"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000977AE"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009D68A2"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:snapToGrid w:val="0"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
-[...6 lines deleted...]
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007A3D8D"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="006407A2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3600"/>
+        <w:tab w:val="left" w:pos="4320"/>
+        <w:tab w:val="left" w:pos="5040"/>
+        <w:tab w:val="left" w:pos="5760"/>
+        <w:tab w:val="left" w:pos="6480"/>
+        <w:tab w:val="left" w:pos="7200"/>
+        <w:tab w:val="left" w:pos="7920"/>
+      </w:tabs>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...15 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:snapToGrid/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2669,104 +3288,234 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69404514-ed04-40ee-9265-2042a527f996">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c8cd12a9-992c-44be-890c-b39a35887eb2" xsi:nil="true"/>
+    <Comments xmlns="69404514-ed04-40ee-9265-2042a527f996" xsi:nil="true"/>
+    <Doc_x0020_Type xmlns="69404514-ed04-40ee-9265-2042a527f996" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...7 lines deleted...]
-    <xsd:import namespace="2ff86ef2-e012-4cfc-95e2-dd1540618467"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A106979A040B51458CC61820F589D601" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0bd0b61bfdcf9843827471aa9956d385">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69404514-ed04-40ee-9265-2042a527f996" xmlns:ns3="c8cd12a9-992c-44be-890c-b39a35887eb2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="732400677692d20b642d1bbd4ce1a05a" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="69404514-ed04-40ee-9265-2042a527f996"/>
+    <xsd:import namespace="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:Doc_x0020_Type" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:Comments" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2ff86ef2-e012-4cfc-95e2-dd1540618467" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69404514-ed04-40ee-9265-2042a527f996" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Doc_x0020_Type" ma:index="8" nillable="true" ma:displayName="Doc Type" ma:description="Pick From: &#10;EP Std (revision to Engineering Policy standard)&#10;BR Std (revision to Bridge standard)&#10;Suppl (supplementary document)&#10;Corres (correspondence document)" ma:internalName="Doc_x0020_Type">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b4e9f005-b5d5-426d-ad25-f47e055fb45b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Comments" ma:index="23" nillable="true" ma:displayName="Comments" ma:internalName="Comments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c8cd12a9-992c-44be-890c-b39a35887eb2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ef3e23f2-cd50-4b71-8821-3b9e8ac01315}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c8cd12a9-992c-44be-890c-b39a35887eb2">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
@@ -2828,760 +3577,242 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...615 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57E5D3D3-49B1-4C98-9836-513F5FC5DC79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CD90E07-1F1E-467E-A1DB-731BA9ADCF6A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3511F069-9F82-4AF7-932E-FCBCB4B9AA94}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8533B33B-2A1E-4D24-9714-65B490665752}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...48 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7968</Characters>
+  <Pages>1</Pages>
+  <Words>1523</Words>
+  <Characters>8564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>152</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>704-BSP-08_FRP_Wrap_for_Concrete_Beams,_Piles_and_Columns</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9347</CharactersWithSpaces>
+  <CharactersWithSpaces>10054</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>704-BSP-08_FRP_Wrap_for_Concrete_Beams,_Piles_and_Columns</dc:title>
   <dc:creator>Frankd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A8FEFAC1029346478BA62336F3226A1E</vt:lpwstr>
+    <vt:lpwstr>0x010100A106979A040B51458CC61820F589D601</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>False</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Order">
+    <vt:r8>4176000</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>