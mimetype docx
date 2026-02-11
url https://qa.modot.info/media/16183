--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -5,78 +5,86 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="379C0820" w14:textId="167C46DA" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="double"/>
         </w:rPr>
         <w:t>BSP Listing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F07FAD" w14:textId="5910060F" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
-        <w:t>(Note:  All BSPs and MSPs to be listed under job special provisions.)</w:t>
+        <w:t xml:space="preserve">(Note:  All BSPs and MSPs to be listed under </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>job special</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> provisions.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="605EF7B2" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36515E94" w14:textId="77777777" w:rsidR="000022D8" w:rsidRDefault="000022D8" w:rsidP="000022D8"/>
     <w:p w14:paraId="6AA6115B" w14:textId="77777777" w:rsidR="000022D8" w:rsidRDefault="000022D8" w:rsidP="000022D8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
@@ -191,170 +199,155 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (4/4/08)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F137228" w14:textId="356F4E84" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
+    <w:p w14:paraId="0F137228" w14:textId="7EC7C577" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Construction Req</w:t>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:t>uirements</w:t>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DA6F93">
         <w:tab/>
         <w:t>Revised (</w:t>
       </w:r>
-      <w:r w:rsidR="00D2733B">
-[...3 lines deleted...]
-        <w:t>/20</w:t>
+      <w:r w:rsidR="0078152F">
+        <w:t>11/13/24</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780F181C" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Design of Pre-Engineered Structures for Grade Separations</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (2/29/08)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761CD11F" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Design of Pre-Engineered Structures for Stream Crossings</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (2/29/08)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A8F8247" w14:textId="77777777" w:rsidR="004E5DEC" w:rsidRDefault="00696FEC">
+    <w:p w14:paraId="4A8F8247" w14:textId="4336F3A1" w:rsidR="004E5DEC" w:rsidRDefault="00696FEC">
       <w:r>
         <w:t>Stream Gauging Station</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (</w:t>
       </w:r>
-      <w:r w:rsidR="00B22D34">
-[...12 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="00B361A3">
+        <w:t>7/10/25</w:t>
       </w:r>
       <w:r w:rsidR="004E5DEC">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E85CCE8" w14:textId="254A8636" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Protection of Railroad Interest</w:t>
       </w:r>
       <w:r w:rsidR="00A00FA3">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00046BCE">
         <w:t>Contact</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F57A20">
         <w:t>Railroad Projects Manager</w:t>
       </w:r>
       <w:r w:rsidR="00046BCE">
@@ -822,81 +815,54 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BAC5C9C" w14:textId="4BBE9110" w:rsidR="00737BE8" w:rsidRDefault="00737BE8"/>
     <w:p w14:paraId="68D001C7" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="09572994" w14:textId="1AF505E8" w:rsidR="00C91437" w:rsidRDefault="00C91437" w:rsidP="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sec </w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="30FAC34E" w14:textId="608D9C69" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
+        <w:t>Sec 607  Fencing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FAC34E" w14:textId="771D7B49" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Decorative Pedestrian Fence</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -905,51 +871,74 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>New (9/5/23)</w:t>
+      </w:r>
+      <w:r w:rsidR="00825A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00825A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11/20/24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2706F58E" w14:textId="77777777" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19254841" w14:textId="77777777" w:rsidR="00C91437" w:rsidRPr="00C91437" w:rsidRDefault="00C91437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E69A9D0" w14:textId="51071E61" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
@@ -1097,86 +1086,95 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="003833C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ec 627  Contractor Surveying and Staking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D10D02B" w14:textId="4510CD7E" w:rsidR="003833C4" w:rsidRDefault="003833C4" w:rsidP="003833C4">
+    <w:p w14:paraId="2D10D02B" w14:textId="63CB76B5" w:rsidR="003833C4" w:rsidRDefault="003833C4" w:rsidP="003833C4">
       <w:r>
         <w:t>Deflection and Haunching</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007774D7">
         <w:t>Revised</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (7/1/</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00702406">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/1/</w:t>
       </w:r>
       <w:r w:rsidR="007774D7">
         <w:t>2</w:t>
       </w:r>
-      <w:r>
-        <w:t>1)</w:t>
+      <w:r w:rsidR="00702406">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="790EC1D5" w14:textId="18D222F8" w:rsidR="001D3C5A" w:rsidRPr="00FF0519" w:rsidRDefault="001D3C5A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="509453E4" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRPr="00FF0519" w:rsidRDefault="00FF0519">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="462EFBC5" w14:textId="079CE957" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
@@ -1184,217 +1182,249 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 702  Load Bearing Pile</w:t>
       </w:r>
       <w:r w:rsidR="00FF0519">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137D83EB" w14:textId="5964F5E4" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
+    <w:p w14:paraId="137D83EB" w14:textId="43FB76A6" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Dynamic Pile Testing</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (</w:t>
       </w:r>
-      <w:r w:rsidR="00D362BB">
-        <w:t>4/8/21</w:t>
+      <w:r w:rsidR="0078152F">
+        <w:t>11/13/24</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F49F51" w14:textId="0D76676B" w:rsidR="00555103" w:rsidRDefault="00555103" w:rsidP="00555103">
+    <w:p w14:paraId="24F49F51" w14:textId="023F4058" w:rsidR="00555103" w:rsidRDefault="00555103" w:rsidP="00555103">
       <w:r>
         <w:t>Pile Wave Analysis</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Revised (8/26/13)     </w:t>
+        <w:t>Revised (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6103">
+        <w:t>2/7/24</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">)     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="513A8F8F" w14:textId="611322C5" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Static Load Testing</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (1/4/05)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DE673F" w14:textId="3880CE19" w:rsidR="009509EB" w:rsidRDefault="009509EB" w:rsidP="009509EB"/>
     <w:p w14:paraId="406F6C60" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519" w:rsidP="009509EB"/>
     <w:p w14:paraId="2F2BA1F2" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRPr="009509EB" w:rsidRDefault="00737BE8" w:rsidP="009509EB">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 703  Concrete Masonry Construction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37F09463" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
+    <w:p w14:paraId="2594652A" w14:textId="32BADB8D" w:rsidR="00B33775" w:rsidRDefault="00B33775">
+      <w:r>
+        <w:t>Bridge Slab (With Transparent Forms)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>New (8/20/25)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F09463" w14:textId="2860D33C" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Clearance Gauge</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23795AC8" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
-        <w:t>Cold Weather Concreting</w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Cold </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Weather Concreting</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5CC247" w14:textId="08561341" w:rsidR="007774D7" w:rsidRDefault="007774D7">
       <w:r>
         <w:t>Diamond Grinding</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -1485,78 +1515,89 @@
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EFACA18" w14:textId="0CD3D26A" w:rsidR="00EC2DFA" w:rsidRDefault="00EC2DFA"/>
     <w:p w14:paraId="353BEBD3" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="7627F42D" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 704  Concrete Masonry Repair</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C28C992" w14:textId="48B97672" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="005B3997">
+    <w:p w14:paraId="7C28C992" w14:textId="30DEBC03" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="005B3997">
       <w:r>
         <w:t>Concrete Crack Filler</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>New (4/8/21)</w:t>
+      </w:r>
+      <w:r w:rsidR="0078152F">
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0078152F">
+        <w:t>11/13/24</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7572A728" w14:textId="113A1448" w:rsidR="005B3997" w:rsidRDefault="005B3997" w:rsidP="005B3997">
       <w:r>
         <w:t>Concrete Wearing Surface Repair</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009E75FA">
@@ -1616,123 +1657,158 @@
         <w:t>Epoxy Pressure Injecting</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB77D0F" w14:textId="77777777" w:rsidR="005B3997" w:rsidRDefault="005B3997" w:rsidP="005B3997">
+    <w:p w14:paraId="3BB77D0F" w14:textId="6DFC4A4E" w:rsidR="005B3997" w:rsidRDefault="005B3997" w:rsidP="005B3997">
       <w:r>
         <w:t>FRP Wrap for Concrete Beams, Piles and Columns</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Revised (7/25/19)</w:t>
+        <w:t>Revised (7/</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6BAD">
+        <w:t>14</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6BAD">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D770020" w14:textId="4A83AC48" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Half Concrete Filled Steel Grid Deck Repairs</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>New (1/28/05)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FF69FF" w14:textId="77777777" w:rsidR="004C33C2" w:rsidRDefault="004C33C2">
+    <w:p w14:paraId="64FF69FF" w14:textId="253DE09F" w:rsidR="004C33C2" w:rsidRDefault="004C33C2">
       <w:r w:rsidRPr="004C33C2">
         <w:t>Shotcrete</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C33C2">
         <w:t>Concrete</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004C33C2">
         <w:t>Repair</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>New (2/1/18)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D252BF">
+        <w:t xml:space="preserve">Revised </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D252BF">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00D252BF">
+        <w:t>28</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00D252BF">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35924E47" w14:textId="56D2C3C9" w:rsidR="00737BE8" w:rsidRDefault="00737BE8"/>
     <w:p w14:paraId="6EADD075" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="48D1D02F" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 705  Prestressed Concrete Members for Bridges</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="342C8579" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
@@ -2020,112 +2096,50 @@
         <w:tab/>
         <w:t>New (10/30/08)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7268E17C" w14:textId="663DAB55" w:rsidR="00737BE8" w:rsidRDefault="00737BE8"/>
     <w:p w14:paraId="66E2C4B4" w14:textId="77777777" w:rsidR="00FF0519" w:rsidRDefault="00FF0519"/>
     <w:p w14:paraId="3C9F52A0" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sec 712  Structural Steel Construction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47319246" w14:textId="3847849E" w:rsidR="006D5126" w:rsidRDefault="006D5126" w:rsidP="006D5126">
-[...60 lines deleted...]
-    </w:p>
     <w:p w14:paraId="53C57294" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Cleaning, Lubricating and Coating Exi</w:t>
       </w:r>
       <w:r w:rsidR="00FB5532">
         <w:t>sting Bearings</w:t>
       </w:r>
       <w:r w:rsidR="00FB5532">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FB5532">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FB5532">
         <w:tab/>
         <w:t>Revised (5/29/12</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58C967DD" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Coating Galvanized Slab Drains</w:t>
@@ -2263,78 +2277,89 @@
     </w:p>
     <w:p w14:paraId="54B20D45" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Grouting Short Column Jackets</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FAFEF8" w14:textId="5B9F4BE2" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="006D5126">
+    <w:p w14:paraId="76FAFEF8" w14:textId="48A9E3D6" w:rsidR="00D362BB" w:rsidRDefault="00D362BB" w:rsidP="006D5126">
       <w:r>
         <w:t>Heat Straightening</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>New (4/8/21)</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3BC2">
+        <w:t>Revised</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3BC2">
+        <w:t>6/11/25</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB3FBAA" w14:textId="0E01D2A7" w:rsidR="006D5126" w:rsidRDefault="006D5126" w:rsidP="006D5126">
       <w:r>
         <w:t>Hinge Modification</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -2461,129 +2486,105 @@
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570DD19C" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Steel Grid Floor (Half Concrete Filled)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (9/2/04)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482F4482" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
+    <w:p w14:paraId="482F4482" w14:textId="4F0EB0FF" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t xml:space="preserve">Strengthening Existing </w:t>
       </w:r>
       <w:r w:rsidR="00B4014E">
         <w:t>Beam</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Revised (</w:t>
       </w:r>
-      <w:r w:rsidR="00B4014E">
-[...15 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="0037359B">
+        <w:t>5/1/25</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58640C36" w14:textId="77777777" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
+    <w:p w14:paraId="58640C36" w14:textId="25B21291" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Structural Steel Protective Coating Require</w:t>
       </w:r>
       <w:r w:rsidR="000E46D3">
         <w:t>ments (used w/ no new plans)</w:t>
       </w:r>
       <w:r w:rsidR="000E46D3">
         <w:tab/>
         <w:t>Revised</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0060382C">
-        <w:t>10</w:t>
-[...11 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0078152F">
+        <w:t>1/13/24</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11355D6B" w14:textId="4FF5B5D7" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:r>
         <w:t>Structural Steel Requirements</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
@@ -2811,78 +2812,113 @@
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AB44A9" w14:textId="24E04734" w:rsidR="00794C88" w:rsidRDefault="00794C88" w:rsidP="00794C88">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Sec 720  Mechanically Stabilized Earth Wall Systems </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A75EF65" w14:textId="2424DE0E" w:rsidR="00794C88" w:rsidRDefault="00794C88" w:rsidP="00794C88">
+    <w:p w14:paraId="4A75EF65" w14:textId="53033CEE" w:rsidR="00794C88" w:rsidRDefault="00794C88" w:rsidP="00794C88">
       <w:r>
         <w:t>Pipe Pile Spacers</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>New (1/11/22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E455F49" w14:textId="1A5EC858" w:rsidR="00C65FF8" w:rsidRDefault="00C65FF8" w:rsidP="00794C88">
+      <w:r>
+        <w:t>Temporary MSE Wall System</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005B77C1">
+        <w:t>Revised</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="005B77C1">
+        <w:t>7/9/25</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA943F3" w14:textId="77777777" w:rsidR="00794C88" w:rsidRPr="00794C88" w:rsidRDefault="00794C88">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="110006F3" w14:textId="77777777" w:rsidR="00794C88" w:rsidRPr="00794C88" w:rsidRDefault="00794C88">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62FFEAF8" w14:textId="2F84B427" w:rsidR="00737BE8" w:rsidRDefault="00737BE8">
       <w:pPr>
         <w:rPr>
@@ -3026,192 +3062,206 @@
       <w:r w:rsidR="001A13FA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>New (6/9/05)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC5DA76" w14:textId="77777777" w:rsidR="008E4392" w:rsidRDefault="008E4392">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E4392" w:rsidSect="000B318F">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="864" w:right="1080" w:bottom="864" w:left="1440" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4936B8C3" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="535AF1A5" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="145B0CD6" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0408306F" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="269DAA09" w14:textId="25E10101" w:rsidR="007B2C97" w:rsidRDefault="0067664F" w:rsidP="004F07BE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="269DAA09" w14:textId="1858DA04" w:rsidR="007B2C97" w:rsidRDefault="0067664F" w:rsidP="004F07BE">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t xml:space="preserve">BRIDGE </w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>SPECIAL PROVISIONS LISTING</w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r w:rsidR="003C26D9">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
+    <w:r w:rsidR="00B33775">
+      <w:rPr>
+        <w:sz w:val="32"/>
+        <w:u w:val="double"/>
+      </w:rPr>
+      <w:t>8/2</w:t>
+    </w:r>
+    <w:r w:rsidR="00D252BF">
+      <w:rPr>
+        <w:sz w:val="32"/>
+        <w:u w:val="double"/>
+      </w:rPr>
+      <w:t>8</w:t>
+    </w:r>
     <w:r w:rsidR="00C91437">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
-      <w:t>9/5/</w:t>
+      <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00794C88">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00C91437">
+    <w:r w:rsidR="00732742">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:sz w:val="32"/>
         <w:u w:val="double"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="007B2C97">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="32"/>
@@ -3526,58 +3576,59 @@
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ersion.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2037B658" w14:textId="77777777" w:rsidR="007B2C97" w:rsidRDefault="007B2C97">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B483A"/>
     <w:rsid w:val="000022D8"/>
     <w:rsid w:val="0001644A"/>
     <w:rsid w:val="0004514E"/>
     <w:rsid w:val="00046BCE"/>
     <w:rsid w:val="00051DDC"/>
     <w:rsid w:val="000619A1"/>
     <w:rsid w:val="000663D0"/>
     <w:rsid w:val="00066A93"/>
@@ -3590,265 +3641,292 @@
     <w:rsid w:val="0011605A"/>
     <w:rsid w:val="0013020F"/>
     <w:rsid w:val="00167DF7"/>
     <w:rsid w:val="00180854"/>
     <w:rsid w:val="00190F41"/>
     <w:rsid w:val="001A13FA"/>
     <w:rsid w:val="001C6B2E"/>
     <w:rsid w:val="001D26C5"/>
     <w:rsid w:val="001D3C5A"/>
     <w:rsid w:val="001E052A"/>
     <w:rsid w:val="00254C47"/>
     <w:rsid w:val="00254DE3"/>
     <w:rsid w:val="0026620C"/>
     <w:rsid w:val="00284C73"/>
     <w:rsid w:val="002948CC"/>
     <w:rsid w:val="002A4EEB"/>
     <w:rsid w:val="002B3FAA"/>
     <w:rsid w:val="002C69C1"/>
     <w:rsid w:val="002C6CC2"/>
     <w:rsid w:val="002C73B0"/>
     <w:rsid w:val="002E7C39"/>
     <w:rsid w:val="00314D3D"/>
     <w:rsid w:val="003178F5"/>
     <w:rsid w:val="003272C4"/>
     <w:rsid w:val="00330A7A"/>
+    <w:rsid w:val="0033389F"/>
+    <w:rsid w:val="0037359B"/>
     <w:rsid w:val="0037516A"/>
     <w:rsid w:val="00381411"/>
     <w:rsid w:val="003833C4"/>
     <w:rsid w:val="003A2BF2"/>
     <w:rsid w:val="003B6E33"/>
     <w:rsid w:val="003C26D9"/>
     <w:rsid w:val="003E2B58"/>
     <w:rsid w:val="003E2B9A"/>
     <w:rsid w:val="00405A2D"/>
     <w:rsid w:val="004142AA"/>
     <w:rsid w:val="00433887"/>
     <w:rsid w:val="00444733"/>
+    <w:rsid w:val="004624D1"/>
     <w:rsid w:val="004778BC"/>
     <w:rsid w:val="00485184"/>
     <w:rsid w:val="00495A62"/>
     <w:rsid w:val="00496649"/>
     <w:rsid w:val="004B04FE"/>
     <w:rsid w:val="004B764B"/>
     <w:rsid w:val="004C33C2"/>
+    <w:rsid w:val="004D6BAD"/>
     <w:rsid w:val="004E3D98"/>
     <w:rsid w:val="004E5DEC"/>
     <w:rsid w:val="004F07BE"/>
     <w:rsid w:val="00500B50"/>
     <w:rsid w:val="00511ED4"/>
     <w:rsid w:val="00514C79"/>
     <w:rsid w:val="00516FA9"/>
     <w:rsid w:val="0053572B"/>
     <w:rsid w:val="00555103"/>
     <w:rsid w:val="0056500B"/>
     <w:rsid w:val="00584365"/>
     <w:rsid w:val="005A1BC2"/>
     <w:rsid w:val="005A1EB3"/>
     <w:rsid w:val="005A307E"/>
     <w:rsid w:val="005B07F9"/>
     <w:rsid w:val="005B3997"/>
+    <w:rsid w:val="005B77C1"/>
     <w:rsid w:val="005C0524"/>
     <w:rsid w:val="005E47EB"/>
     <w:rsid w:val="005F54A4"/>
     <w:rsid w:val="0060382C"/>
     <w:rsid w:val="00604E0B"/>
+    <w:rsid w:val="00617DDA"/>
     <w:rsid w:val="0065149C"/>
     <w:rsid w:val="0067664F"/>
     <w:rsid w:val="00696FEC"/>
     <w:rsid w:val="006A495C"/>
     <w:rsid w:val="006B19CE"/>
     <w:rsid w:val="006B1D95"/>
     <w:rsid w:val="006B436A"/>
     <w:rsid w:val="006B483A"/>
     <w:rsid w:val="006D2601"/>
     <w:rsid w:val="006D5126"/>
     <w:rsid w:val="006D75E3"/>
+    <w:rsid w:val="006E30B4"/>
     <w:rsid w:val="006E3528"/>
+    <w:rsid w:val="00702406"/>
     <w:rsid w:val="007249BF"/>
+    <w:rsid w:val="00732742"/>
+    <w:rsid w:val="007372D8"/>
     <w:rsid w:val="00737BE8"/>
     <w:rsid w:val="0074178B"/>
     <w:rsid w:val="0074340B"/>
     <w:rsid w:val="00745B65"/>
     <w:rsid w:val="00751701"/>
     <w:rsid w:val="00757D9E"/>
     <w:rsid w:val="007774D7"/>
     <w:rsid w:val="007803E0"/>
+    <w:rsid w:val="0078152F"/>
     <w:rsid w:val="00794C88"/>
     <w:rsid w:val="007B2C97"/>
     <w:rsid w:val="007C2FEB"/>
     <w:rsid w:val="007E2424"/>
     <w:rsid w:val="00812D6E"/>
     <w:rsid w:val="008147BA"/>
     <w:rsid w:val="00822E65"/>
     <w:rsid w:val="00823A73"/>
+    <w:rsid w:val="00825A5A"/>
     <w:rsid w:val="0082722F"/>
+    <w:rsid w:val="00830E8C"/>
     <w:rsid w:val="00832DF3"/>
     <w:rsid w:val="008334FB"/>
     <w:rsid w:val="00835365"/>
     <w:rsid w:val="008431B7"/>
     <w:rsid w:val="00852B73"/>
+    <w:rsid w:val="00873C1F"/>
     <w:rsid w:val="00876146"/>
     <w:rsid w:val="008A047D"/>
     <w:rsid w:val="008A1D66"/>
+    <w:rsid w:val="008B0F14"/>
     <w:rsid w:val="008C27E2"/>
     <w:rsid w:val="008E0CCD"/>
     <w:rsid w:val="008E4392"/>
     <w:rsid w:val="0090565E"/>
     <w:rsid w:val="00910B90"/>
     <w:rsid w:val="00911154"/>
     <w:rsid w:val="00915B2C"/>
     <w:rsid w:val="00920378"/>
     <w:rsid w:val="009352C2"/>
     <w:rsid w:val="009412BA"/>
     <w:rsid w:val="009509EB"/>
     <w:rsid w:val="009511D7"/>
     <w:rsid w:val="009547B0"/>
     <w:rsid w:val="009A03AF"/>
     <w:rsid w:val="009A0B6A"/>
+    <w:rsid w:val="009B3BC2"/>
     <w:rsid w:val="009C331C"/>
     <w:rsid w:val="009D5761"/>
     <w:rsid w:val="009E75FA"/>
     <w:rsid w:val="009F0189"/>
     <w:rsid w:val="009F032E"/>
     <w:rsid w:val="009F2808"/>
     <w:rsid w:val="00A00FA3"/>
     <w:rsid w:val="00A07CC0"/>
     <w:rsid w:val="00A126C6"/>
     <w:rsid w:val="00A14CE4"/>
     <w:rsid w:val="00A23DA0"/>
     <w:rsid w:val="00A3062E"/>
     <w:rsid w:val="00A33F44"/>
     <w:rsid w:val="00A50476"/>
     <w:rsid w:val="00A670E3"/>
     <w:rsid w:val="00A87485"/>
+    <w:rsid w:val="00AA2F9E"/>
     <w:rsid w:val="00AD63A8"/>
     <w:rsid w:val="00AF3A8F"/>
     <w:rsid w:val="00AF4002"/>
     <w:rsid w:val="00AF5A6C"/>
     <w:rsid w:val="00B032F5"/>
     <w:rsid w:val="00B134A2"/>
     <w:rsid w:val="00B22D34"/>
     <w:rsid w:val="00B30532"/>
     <w:rsid w:val="00B30693"/>
+    <w:rsid w:val="00B33775"/>
     <w:rsid w:val="00B339CD"/>
+    <w:rsid w:val="00B361A3"/>
     <w:rsid w:val="00B4014E"/>
     <w:rsid w:val="00B7424C"/>
     <w:rsid w:val="00B839CF"/>
     <w:rsid w:val="00B870FF"/>
     <w:rsid w:val="00BB537B"/>
     <w:rsid w:val="00BB5E50"/>
     <w:rsid w:val="00BC5A07"/>
     <w:rsid w:val="00BD1386"/>
+    <w:rsid w:val="00BD75C5"/>
+    <w:rsid w:val="00BE7ED3"/>
     <w:rsid w:val="00C02702"/>
     <w:rsid w:val="00C03B1E"/>
     <w:rsid w:val="00C10F3E"/>
     <w:rsid w:val="00C417F2"/>
     <w:rsid w:val="00C42C17"/>
+    <w:rsid w:val="00C65FF8"/>
     <w:rsid w:val="00C75B05"/>
     <w:rsid w:val="00C80F19"/>
     <w:rsid w:val="00C86022"/>
     <w:rsid w:val="00C91437"/>
     <w:rsid w:val="00CA2B70"/>
     <w:rsid w:val="00CA4AA6"/>
     <w:rsid w:val="00CB723D"/>
     <w:rsid w:val="00CC2408"/>
     <w:rsid w:val="00CE6F7F"/>
     <w:rsid w:val="00D01649"/>
+    <w:rsid w:val="00D252BF"/>
     <w:rsid w:val="00D2733B"/>
     <w:rsid w:val="00D30F24"/>
     <w:rsid w:val="00D328F7"/>
     <w:rsid w:val="00D362BB"/>
     <w:rsid w:val="00D5092E"/>
     <w:rsid w:val="00D524F5"/>
     <w:rsid w:val="00D633BE"/>
+    <w:rsid w:val="00D64077"/>
     <w:rsid w:val="00D6574B"/>
     <w:rsid w:val="00D90512"/>
     <w:rsid w:val="00DA6F93"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DD535B"/>
+    <w:rsid w:val="00DE6103"/>
     <w:rsid w:val="00E12C5B"/>
     <w:rsid w:val="00E13484"/>
     <w:rsid w:val="00E20E4C"/>
     <w:rsid w:val="00E318CD"/>
     <w:rsid w:val="00E4619D"/>
     <w:rsid w:val="00E61161"/>
     <w:rsid w:val="00E6709A"/>
     <w:rsid w:val="00E8112C"/>
     <w:rsid w:val="00E83538"/>
     <w:rsid w:val="00E93DA7"/>
     <w:rsid w:val="00EA030E"/>
+    <w:rsid w:val="00EA5758"/>
     <w:rsid w:val="00EC2DFA"/>
     <w:rsid w:val="00EF0E67"/>
     <w:rsid w:val="00F10CE4"/>
     <w:rsid w:val="00F15801"/>
     <w:rsid w:val="00F32EF2"/>
     <w:rsid w:val="00F340BE"/>
     <w:rsid w:val="00F43F1B"/>
     <w:rsid w:val="00F474DE"/>
     <w:rsid w:val="00F52D60"/>
     <w:rsid w:val="00F55284"/>
     <w:rsid w:val="00F57A20"/>
     <w:rsid w:val="00F65FA9"/>
     <w:rsid w:val="00FB3724"/>
     <w:rsid w:val="00FB382E"/>
     <w:rsid w:val="00FB5532"/>
     <w:rsid w:val="00FC610A"/>
     <w:rsid w:val="00FD48BC"/>
     <w:rsid w:val="00FF0519"/>
+    <w:rsid w:val="00FF3666"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4B2B57CC"/>
   <w15:docId w15:val="{D79069A6-4896-4246-811E-373467B16736}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4337,51 +4415,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C86022"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C86022"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -4646,80 +4724,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A8FEFAC1029346478BA62336F3226A1E" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a7ede1b0583ed87b90808977c8c9cd74">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0ada2d14-b455-4b58-8da1-5536f6aadc75" xmlns:ns4="ad9d4930-8371-4964-a992-add2aee42fd9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7d6b3f269265257df952de861f0a3020" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
     <xsd:import namespace="ad9d4930-8371-4964-a992-add2aee42fd9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns3:Send_x0020_to_x0020_EPG" minOccurs="0"/>
                 <xsd:element ref="ns3:Who" minOccurs="0"/>
                 <xsd:element ref="ns3:Description0" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4865,137 +4913,269 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Description0 xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75" xsi:nil="true"/>
+    <Send_x0020_to_x0020_EPG xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75">false</Send_x0020_to_x0020_EPG>
+    <Who xmlns="0ada2d14-b455-4b58-8da1-5536f6aadc75">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Who>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9656FBC-707B-4CED-9A75-E39AA522A993}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
     <ds:schemaRef ds:uri="ad9d4930-8371-4964-a992-add2aee42fd9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE046DD7-C90C-4A4B-8301-DC32D1499A12}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="ad9d4930-8371-4964-a992-add2aee42fd9"/>
+    <ds:schemaRef ds:uri="0ada2d14-b455-4b58-8da1-5536f6aadc75"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A25632E9-BBE7-4946-8921-6FD09C9D86B5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC20C8AB-7A12-429C-931E-3334079E2AF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>741</Words>
-  <Characters>4225</Characters>
+  <Words>655</Words>
+  <Characters>4375</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>162</Lines>
+  <Paragraphs>122</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Specials Listings</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4957</CharactersWithSpaces>
+  <CharactersWithSpaces>4908</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Specials Listings</dc:title>
   <dc:creator>Frankd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-2057209474</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100A8FEFAC1029346478BA62336F3226A1E</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>