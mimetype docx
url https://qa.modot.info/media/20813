--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -4,403 +4,437 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1DE64E25" w14:textId="41495DEF" w:rsidR="00700E38" w:rsidRDefault="00700E38" w:rsidP="00700E38">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewers:  Use this BSP for </w:t>
       </w:r>
       <w:r w:rsidR="00DA38A8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA38A8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">projects with </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>redecks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF0765D" w14:textId="77777777" w:rsidR="00700E38" w:rsidRDefault="00700E38"/>
-    <w:p w14:paraId="0CBC7094" w14:textId="13B2CB12" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
+    <w:p w14:paraId="0CBC7094" w14:textId="6F7E38F6" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AC121D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DEFLECTION AND HAUNCHING</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00483E57">
-        <w:t>7</w:t>
+      <w:r w:rsidR="00B87F3C">
+        <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="00483E57">
+      <w:r w:rsidR="00B87F3C">
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00914887">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00AC121D">
-        <w:t>1</w:t>
+      <w:r w:rsidR="003767E0">
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34378C72" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="006A19BA"/>
-    <w:p w14:paraId="5213D179" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
+    <w:p w14:paraId="05A0655D" w14:textId="4CA5E747" w:rsidR="00B653EE" w:rsidRDefault="00AC7267" w:rsidP="00B653EE">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1.0  Description.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00AC121D">
-        <w:t>The contractor shall determine dead load deflections and haunching based on field measurements and/or existing bridge plans and these shall be adjusted based on the difference between the new and existing dead load weights.</w:t>
+      <w:r w:rsidR="00B653EE">
+        <w:t xml:space="preserve">The contractor shall determine haunching based on field measurements, existing bridge plans and/or adjusted dead load deflections based on the difference between the new and existing dead load weights.  A spreadsheet showing adjusted girder </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03296">
+        <w:t xml:space="preserve">or beam </w:t>
+      </w:r>
+      <w:r w:rsidR="00B653EE">
+        <w:t xml:space="preserve">deflections due to the weight of the new deck and barriers is included in the contract </w:t>
+      </w:r>
+      <w:r w:rsidR="00B653EE" w:rsidRPr="005417F6">
+        <w:t>in the bridge electronic deliverables zip file</w:t>
+      </w:r>
+      <w:r w:rsidR="00B653EE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D57E38D" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="006A19BA">
+    <w:p w14:paraId="5D57E38D" w14:textId="755D5C33" w:rsidR="006A19BA" w:rsidRDefault="006A19BA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FC174D6" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
+    <w:p w14:paraId="0FC174D6" w14:textId="107B57A9" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2.0  Construction Requirements.  </w:t>
       </w:r>
       <w:r w:rsidR="00AC121D">
-        <w:t>In order to properly form the haunches for the new deck, the contractor shall survey top of deck elevations above each beam including centerline of roadway and along each beam line (top or bottom flange) prior to deck removal followed by surveying elevations of the beams (top or bottom flange) after deck removal.</w:t>
+        <w:t xml:space="preserve">In order to properly form the haunches for the new deck, the contractor shall survey top of deck elevations above each </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03296">
+        <w:t xml:space="preserve">girder or </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC121D">
+        <w:t xml:space="preserve">beam including centerline of roadway and along each </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03296">
+        <w:t xml:space="preserve">girder or </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC121D">
+        <w:t xml:space="preserve">beam line (top or bottom flange) prior to deck removal followed by surveying elevations of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03296">
+        <w:t xml:space="preserve">girders or </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC121D">
+        <w:t>beams (top or bottom flange) after deck removal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BABFCB4" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="006A19BA"/>
     <w:p w14:paraId="600A3964" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.0  Method of Measurement.  </w:t>
       </w:r>
       <w:r>
         <w:t>No measurement will be made.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03488D6B" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="006A19BA"/>
     <w:p w14:paraId="1165FE6B" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="00AC7267">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">4.0  Basis of Payment.  </w:t>
       </w:r>
       <w:r>
         <w:t>Payment for the above describe</w:t>
       </w:r>
       <w:r w:rsidR="00831FB5">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> work will be considered completely covered by the contract unit price for other items included in the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DDF95C" w14:textId="77777777" w:rsidR="006A19BA" w:rsidRDefault="006A19BA"/>
     <w:sectPr w:rsidR="006A19BA" w:rsidSect="00814103">
       <w:headerReference w:type="even" r:id="rId6"/>
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="390E66E9" w14:textId="77777777" w:rsidR="005E7880" w:rsidRDefault="005E7880">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="16E9365B" w14:textId="77777777" w:rsidR="005E7880" w:rsidRDefault="005E7880">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="603067DC" w14:textId="77777777" w:rsidR="00B74910" w:rsidRDefault="005E7880">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="6ECE506C" w14:textId="77777777" w:rsidR="00B74910" w:rsidRDefault="005E7880">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EB40887" w14:textId="77777777" w:rsidR="005E7880" w:rsidRDefault="005E7880">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6A5F3370" w14:textId="77777777" w:rsidR="005E7880" w:rsidRDefault="005E7880">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="51DFECE3" w14:textId="77777777" w:rsidR="00B74910" w:rsidRDefault="005E7880">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1F7E243B" w14:textId="77777777" w:rsidR="00B74910" w:rsidRDefault="005E7880">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="655EF9CD" w14:textId="77777777" w:rsidR="00B74910" w:rsidRDefault="005E7880">
     <w:r>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC7267"/>
+    <w:rsid w:val="003767E0"/>
+    <w:rsid w:val="00393683"/>
     <w:rsid w:val="00483E57"/>
     <w:rsid w:val="005162A2"/>
     <w:rsid w:val="005E7880"/>
+    <w:rsid w:val="006863D8"/>
     <w:rsid w:val="006A19BA"/>
     <w:rsid w:val="00700E38"/>
     <w:rsid w:val="00814103"/>
     <w:rsid w:val="00831FB5"/>
+    <w:rsid w:val="00897637"/>
     <w:rsid w:val="00914887"/>
     <w:rsid w:val="00AC121D"/>
     <w:rsid w:val="00AC7267"/>
+    <w:rsid w:val="00B653EE"/>
     <w:rsid w:val="00B74910"/>
+    <w:rsid w:val="00B87F3C"/>
+    <w:rsid w:val="00C03296"/>
+    <w:rsid w:val="00C24EBF"/>
     <w:rsid w:val="00DA38A8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7F279517"/>
   <w15:docId w15:val="{178E965A-3B44-4A50-A99A-7A3FB0403FF9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1042,53 +1076,66 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HTMLCite1">
     <w:name w:val="HTML Cite1"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="clear" w:pos="3600"/>
         <w:tab w:val="clear" w:pos="5040"/>
         <w:tab w:val="clear" w:pos="5760"/>
         <w:tab w:val="clear" w:pos="6480"/>
         <w:tab w:val="clear" w:pos="7200"/>
         <w:tab w:val="clear" w:pos="7920"/>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="951589124">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2103449093">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1354,65 +1401,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>136</Words>
-  <Characters>777</Characters>
+  <Words>164</Words>
+  <Characters>939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>912</CharactersWithSpaces>
+  <CharactersWithSpaces>1101</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>