--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="11FDE177" w14:textId="12C4F353" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="00332737" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewers:  Use this BSP </w:t>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -125,51 +125,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>iller</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BF4BB3" w14:textId="77777777" w:rsidR="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CC7F814" w14:textId="6B33D443" w:rsidR="008D0EBD" w:rsidRPr="00AB03E5" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
+    <w:p w14:paraId="6CC7F814" w14:textId="7F7975ED" w:rsidR="008D0EBD" w:rsidRPr="00AB03E5" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CONCRETE CRACK FILLER</w:t>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -177,65 +177,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>4/</w:t>
-[...13 lines deleted...]
-        <w:t>/21</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>11/13/24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E85003D" w14:textId="77777777" w:rsidR="00502DDF" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F67106E" w14:textId="77777777" w:rsidR="008D0EBD" w:rsidRPr="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -930,91 +921,103 @@
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>to prevent oil and other foreign material from being deposited on the surface.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553A8D77" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4251F4F5" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="4251F4F5" w14:textId="00FEC272" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.3 </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF" w:rsidRPr="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The d</w:t>
       </w:r>
       <w:r w:rsidRPr="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>eck</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall be water blasted to clean out cracks and allowed to dry prior to sealing.</w:t>
+        <w:t xml:space="preserve"> shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6051">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shot blasted or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>water blasted to clean out cracks and allowed to dry prior to sealing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2F35F7" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77363233" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1284,51 +1287,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ffects of the deck sealer to prevent leakage of deck sealer through the bridge deck.</w:t>
       </w:r>
       <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59145D8C" w14:textId="77777777" w:rsidR="00AE701C" w:rsidRDefault="00AE701C" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D559D2C" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="7D559D2C" w14:textId="333B29E5" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00B50839" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
@@ -1418,50 +1421,56 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>entire deck surface to fill all cracks</w:t>
       </w:r>
       <w:r w:rsidR="00B50839" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.  Flood application and broadcast aggregate shall be placed</w:t>
       </w:r>
       <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the manufacturer’s application rates</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00721CF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The crack filler material shall not be permitted to run into drains.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587B8E9A" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="171AA043" w14:textId="28A44119" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1861,161 +1870,164 @@
       </w:r>
       <w:r w:rsidR="00252FFE" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Filler</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001E09E5" w:rsidRPr="008D0EBD" w:rsidSect="008D0EBD">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A7855"/>
     <w:rsid w:val="001B1183"/>
     <w:rsid w:val="001D79B3"/>
     <w:rsid w:val="001E09E5"/>
     <w:rsid w:val="00237479"/>
     <w:rsid w:val="00252FFE"/>
     <w:rsid w:val="002E680E"/>
     <w:rsid w:val="00332737"/>
     <w:rsid w:val="00382131"/>
     <w:rsid w:val="0047180D"/>
     <w:rsid w:val="004B38AC"/>
     <w:rsid w:val="00502DDF"/>
+    <w:rsid w:val="005F6051"/>
     <w:rsid w:val="00617809"/>
     <w:rsid w:val="006322AF"/>
+    <w:rsid w:val="00721CF7"/>
     <w:rsid w:val="007647DC"/>
     <w:rsid w:val="00857828"/>
     <w:rsid w:val="00883288"/>
     <w:rsid w:val="008A7855"/>
     <w:rsid w:val="008D0EBD"/>
     <w:rsid w:val="00992BE8"/>
     <w:rsid w:val="009F7817"/>
     <w:rsid w:val="00AB03E5"/>
     <w:rsid w:val="00AE701C"/>
     <w:rsid w:val="00B50839"/>
+    <w:rsid w:val="00B56B4F"/>
     <w:rsid w:val="00E82B7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="404D0B88"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CAE47BC0-7AF0-48C0-92FE-599CC144464A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2430,51 +2442,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00883288"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2740,69 +2752,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>635</Words>
-  <Characters>3623</Characters>
+  <Words>648</Words>
+  <Characters>3698</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Missouri Department of Transportation </Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4250</CharactersWithSpaces>
+  <CharactersWithSpaces>4338</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JOSEPH J MOLINARO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>