--- v0 (2025-10-02)
+++ v1 (2026-02-10)
@@ -1,312 +1,488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26731"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\wilsoa4\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/CO_HR-Compensation/Shared Documents/Compensation/Compensation/Compensation Calculator/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3D1FBAD-5C43-4FDA-939B-0B4BCDA10035}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F770D53B-C0E3-4659-9081-DBF4DB53904B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="25080" yWindow="-120" windowWidth="25440" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="CALCULATOR" sheetId="1" r:id="rId1"/>
+    <sheet name="LEGEND" sheetId="2" r:id="rId2"/>
+    <sheet name="EXAMPLES" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="Contribution">Sheet1!$B$45</definedName>
-[...4 lines deleted...]
-    <definedName name="SS">Sheet1!$C$45</definedName>
+    <definedName name="Contribution">CALCULATOR!$B$42</definedName>
+    <definedName name="medical">CALCULATOR!$B$40</definedName>
+    <definedName name="Medical_Insurance____208_the_state_pays">LEGEND!$A$2</definedName>
+    <definedName name="Medical_Insurance___414_the_state_pays">LEGEND!$A$2</definedName>
+    <definedName name="Pension">LEGEND!$A$16</definedName>
+    <definedName name="Retirement">CALCULATOR!$B$42</definedName>
+    <definedName name="SocSec">LEGEND!$A$20</definedName>
+    <definedName name="SS">CALCULATOR!$C$42</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G23" i="1" l="1"/>
+  <c r="D9" i="1" l="1"/>
+  <c r="B9" i="1"/>
+  <c r="C9" i="1"/>
+  <c r="C3" i="3"/>
+  <c r="D3" i="3"/>
+  <c r="E3" i="3"/>
+  <c r="F3" i="3"/>
+  <c r="G3" i="3"/>
+  <c r="H3" i="3"/>
+  <c r="C6" i="3"/>
+  <c r="D6" i="3"/>
+  <c r="E6" i="3"/>
+  <c r="F6" i="3"/>
+  <c r="G6" i="3"/>
+  <c r="H6" i="3"/>
+  <c r="H10" i="3" s="1"/>
+  <c r="H11" i="3" s="1"/>
+  <c r="C7" i="3"/>
+  <c r="D7" i="3"/>
+  <c r="E7" i="3"/>
+  <c r="F7" i="3"/>
+  <c r="G7" i="3"/>
+  <c r="H7" i="3"/>
+  <c r="C8" i="3"/>
+  <c r="D8" i="3"/>
+  <c r="E8" i="3"/>
+  <c r="E10" i="3" s="1"/>
+  <c r="E11" i="3" s="1"/>
+  <c r="F8" i="3"/>
+  <c r="G8" i="3"/>
+  <c r="H8" i="3"/>
+  <c r="C9" i="3"/>
+  <c r="D9" i="3"/>
+  <c r="E9" i="3"/>
+  <c r="F9" i="3"/>
+  <c r="G9" i="3"/>
+  <c r="H9" i="3"/>
+  <c r="C10" i="3"/>
+  <c r="C11" i="3" s="1"/>
+  <c r="C13" i="3"/>
+  <c r="D13" i="3"/>
+  <c r="E13" i="3"/>
+  <c r="F13" i="3"/>
+  <c r="G13" i="3"/>
+  <c r="H13" i="3"/>
+  <c r="C16" i="3"/>
+  <c r="D16" i="3"/>
+  <c r="E16" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="G16" i="3"/>
+  <c r="H16" i="3"/>
+  <c r="H20" i="3" s="1"/>
+  <c r="H21" i="3" s="1"/>
+  <c r="C17" i="3"/>
+  <c r="C20" i="3" s="1"/>
+  <c r="C21" i="3" s="1"/>
+  <c r="D17" i="3"/>
+  <c r="D20" i="3" s="1"/>
+  <c r="D21" i="3" s="1"/>
+  <c r="E17" i="3"/>
+  <c r="E20" i="3" s="1"/>
+  <c r="E21" i="3" s="1"/>
+  <c r="F17" i="3"/>
+  <c r="G17" i="3"/>
+  <c r="H17" i="3"/>
+  <c r="C18" i="3"/>
+  <c r="D18" i="3"/>
+  <c r="E18" i="3"/>
+  <c r="F18" i="3"/>
+  <c r="G18" i="3"/>
+  <c r="H18" i="3"/>
+  <c r="C19" i="3"/>
+  <c r="D19" i="3"/>
+  <c r="E19" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="G19" i="3"/>
+  <c r="H19" i="3"/>
+  <c r="C23" i="3"/>
+  <c r="D23" i="3"/>
+  <c r="E23" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="G23" i="3"/>
+  <c r="H23" i="3"/>
+  <c r="C26" i="3"/>
+  <c r="D26" i="3"/>
+  <c r="E26" i="3"/>
+  <c r="F26" i="3"/>
+  <c r="G26" i="3"/>
+  <c r="H26" i="3"/>
+  <c r="C27" i="3"/>
+  <c r="D27" i="3"/>
+  <c r="E27" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="G27" i="3"/>
+  <c r="H27" i="3"/>
+  <c r="C28" i="3"/>
+  <c r="D28" i="3"/>
+  <c r="E28" i="3"/>
+  <c r="F28" i="3"/>
+  <c r="G28" i="3"/>
+  <c r="H28" i="3"/>
+  <c r="C29" i="3"/>
+  <c r="D29" i="3"/>
+  <c r="E29" i="3"/>
+  <c r="F29" i="3"/>
+  <c r="G29" i="3"/>
+  <c r="H29" i="3"/>
+  <c r="G10" i="3" l="1"/>
+  <c r="G11" i="3" s="1"/>
+  <c r="G20" i="3"/>
+  <c r="G21" i="3" s="1"/>
+  <c r="H30" i="3"/>
+  <c r="H31" i="3" s="1"/>
+  <c r="F20" i="3"/>
+  <c r="F21" i="3" s="1"/>
+  <c r="F10" i="3"/>
+  <c r="F11" i="3" s="1"/>
+  <c r="D10" i="3"/>
+  <c r="D11" i="3" s="1"/>
+  <c r="F30" i="3"/>
+  <c r="F31" i="3" s="1"/>
+  <c r="D30" i="3"/>
+  <c r="D31" i="3" s="1"/>
+  <c r="E30" i="3"/>
+  <c r="E31" i="3" s="1"/>
+  <c r="G30" i="3"/>
+  <c r="G31" i="3" s="1"/>
+  <c r="C30" i="3"/>
+  <c r="C31" i="3" s="1"/>
+  <c r="F23" i="1"/>
+  <c r="B37" i="1" l="1"/>
   <c r="A2" i="2"/>
+  <c r="D43" i="1" l="1"/>
   <c r="A18" i="2" l="1"/>
   <c r="A20" i="2" s="1"/>
   <c r="A4" i="2" s="1"/>
   <c r="A14" i="2"/>
   <c r="A16" i="2" s="1"/>
   <c r="A3" i="2" s="1"/>
-  <c r="C46" i="1"/>
-[...8 lines deleted...]
-  <c r="G24" i="1"/>
+  <c r="B45" i="1"/>
+  <c r="C45" i="1" l="1"/>
+  <c r="D45" i="1"/>
+  <c r="C43" i="1" l="1"/>
+  <c r="B4" i="2" s="1"/>
+  <c r="C40" i="1"/>
+  <c r="B43" i="1"/>
+  <c r="B3" i="2" s="1"/>
+  <c r="B1" i="2"/>
+  <c r="D40" i="1"/>
+  <c r="F24" i="1" l="1"/>
   <c r="B5" i="2"/>
-  <c r="D48" i="1"/>
-[...10 lines deleted...]
-  <c r="C3" i="2" l="1"/>
+  <c r="C11" i="2" l="1"/>
+  <c r="C10" i="2"/>
+  <c r="B10" i="2"/>
+  <c r="C5" i="2" s="1"/>
+  <c r="C12" i="2" l="1"/>
   <c r="C1" i="2"/>
-  <c r="C5" i="2"/>
   <c r="C2" i="2"/>
+  <c r="C3" i="2"/>
+  <c r="C4" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="53">
   <si>
     <t>Missouri Department of Transportation</t>
   </si>
   <si>
     <t xml:space="preserve"> Total Compensation and the State's Investment in Employee Benefits</t>
   </si>
   <si>
-    <t xml:space="preserve">Your total compensation is more than the dollars you receive in your paycheck. The information below reflects the amount the state pays each pay period for a potential full-time employee with this salary in order to provide these valuable benefits.  This calculator assumes bi-monthly pay periods. </t>
-[...2 lines deleted...]
-    <t>Enter your personal information in the blue highlighted areas below.</t>
+    <t xml:space="preserve">Your total compensation is more than the dollars you receive in your paycheck. The information below reflects the amount the state pays each pay period for a potential full-time employee with this salary in order to provide these valuable benefits. This calculator assumes semi-monthly pay periods. </t>
   </si>
   <si>
     <t>Calculated Total Compensation</t>
   </si>
   <si>
     <t>Enter Compensation Here</t>
   </si>
   <si>
-    <t>Paid Time Off Hours Per Pay Period</t>
+    <t xml:space="preserve">Deferred Compensation Contribution </t>
+  </si>
+  <si>
+    <t>Paid Time Off Hours
+Per Pay Period</t>
   </si>
   <si>
     <t>Your
 Hourly Rate:</t>
   </si>
   <si>
     <t>Your
 Annual Pay:</t>
   </si>
   <si>
     <t>Annual State Investment
 in Your Pay &amp; Benefits:</t>
   </si>
   <si>
-    <t>Bi-Monthly
+    <t>Semi-Monthly
 Pay Period Salary
 (Before deductions)</t>
   </si>
   <si>
+    <t>Enter your MONTHLY contribution to
+MO Deferred Comp</t>
+  </si>
+  <si>
     <t>Vacation</t>
   </si>
   <si>
     <t>Sick Leave</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Enter your potential bi-monthly salary above to calculate your total compensation</t>
-[...2 lines deleted...]
-    <t>Paid time off is included in salary value in chart</t>
+    <t>Enter your potential semi-monthly salary above to calculate your total compensation.</t>
+  </si>
+  <si>
+    <t>Enter your potential MONTHLY contribution to MO Deferred Comp to calculate the employer match. This is renewed each year.</t>
   </si>
   <si>
     <t>Wages (per pay period):</t>
   </si>
   <si>
-    <t xml:space="preserve">   Includes paid time off</t>
-[...14 lines deleted...]
-    <t>Parental leave is available for employees to receive paid time off work to nurture and bond following the birth or adoption of his or her child. Primary caregivers may receive up to six weeks of paid parental leave. Secondary caregivers may receive up to three weeks paid parental leave.</t>
+    <t xml:space="preserve">  Benefits (per pay period):</t>
+  </si>
+  <si>
+    <t>All figures are an average, and may not apply for every employee. Your Annual Benefit Statement will contain more individualized information based on your situation. Where indicated, some costs are a percentage of pay while others are a flat rate. MoDOT offers 13 paid state holidays that are included in the base salary cost.</t>
+  </si>
+  <si>
+    <t>* For 2024, there is a salary cap of $168,600 for social security. The 6.2% is not paid on any base salary above that amount.</t>
+  </si>
+  <si>
+    <t>**Employees can earn a dollar for dollar MO Deferred Comp Match from $25-$75 per month. Employees can contribute up to the annual maximum allowed by the IRS. This is renewed annually.</t>
   </si>
   <si>
     <t>Total compensation also includes training opportunities, work environment, flexible schedules, etc., which are not reflected here.</t>
   </si>
   <si>
-    <t xml:space="preserve">Effective 05/21 </t>
-[...2 lines deleted...]
-    <t>Basic Life Insurance (.108%)</t>
+    <t xml:space="preserve">Basic Life Insurance </t>
+  </si>
+  <si>
+    <t>4.5 cents for every $1,000</t>
   </si>
   <si>
     <t>Medical Insurance</t>
   </si>
   <si>
     <t xml:space="preserve">Medicare                                         </t>
   </si>
   <si>
     <t xml:space="preserve">Long-Term Disability                </t>
   </si>
   <si>
-    <t xml:space="preserve">Retirement*                       </t>
-[...12 lines deleted...]
-     Earnings***</t>
+    <t>Retirement</t>
+  </si>
+  <si>
+    <t>Social Security**</t>
+  </si>
+  <si>
+    <t>Deferred Compensation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Annual Leave Earnings                </t>
+  </si>
+  <si>
+    <t>Sick Leave Earnings</t>
+  </si>
+  <si>
+    <t>Holiday Earnings***</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <r>
       <t>Salary (Includes</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 5 hours vacation</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> and </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>5 hours sick leave</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
-    <t>Other *** (LTD, Basic Life, Medicare, Retiree Medical)</t>
+    <t>Other** (Basic Life, Medicare and Deferred Compensation)</t>
   </si>
   <si>
     <t>diff</t>
   </si>
   <si>
     <t>Retirement contribution calculation</t>
   </si>
   <si>
     <t>Social Security calculation</t>
+  </si>
+  <si>
+    <t>DATA AS OF FEBRUARY 13, 2023</t>
+  </si>
+  <si>
+    <t>General Employee</t>
+  </si>
+  <si>
+    <t>--</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hourly Rate-of-Pay </t>
+  </si>
+  <si>
+    <t>Annual Salary</t>
+  </si>
+  <si>
+    <t>LTD</t>
+  </si>
+  <si>
+    <t>Basic Life Insurance</t>
+  </si>
+  <si>
+    <t>OASI/Medicare</t>
+  </si>
+  <si>
+    <t>Maintenance Worker</t>
+  </si>
+  <si>
+    <t>Mid Level Engineer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Effective 01/25 </t>
+  </si>
+  <si>
+    <t>Enter your personal information in the yellow highlighted areas below.</t>
+  </si>
+  <si>
+    <t>Paid time off is included in salary value in chart.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00_);\([$$-409]#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="0.000%"/>
+    <numFmt numFmtId="166" formatCode="0.0000000"/>
+    <numFmt numFmtId="167" formatCode="#,##0.0000"/>
+    <numFmt numFmtId="168" formatCode="0.000;[Red]0.000"/>
   </numFmts>
-  <fonts count="40" x14ac:knownFonts="1">
+  <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -374,217 +550,239 @@
       <color theme="0"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1" tint="0.14999847407452621"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF006394"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF006394"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF006394"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
-      <color rgb="FF7F7F7F"/>
-[...5 lines deleted...]
-      <sz val="12"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...16 lines deleted...]
-      <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...6 lines deleted...]
-      <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="15"/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="36"/>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF005986"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="72"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="14">
+  <fills count="16">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.14999847407452621"/>
@@ -617,52 +815,64 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="15">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
@@ -788,340 +998,523 @@
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FF005986"/>
       </left>
       <right style="medium">
         <color rgb="FF005986"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color rgb="FF005986"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color rgb="FF005986"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="12">
+  <cellStyleXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
+  <cellXfs count="122">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="6" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyProtection="1"/>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="26" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="7" fontId="14" fillId="11" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="12" fillId="11" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="12" fillId="11" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="12" fillId="11" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="7" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="12" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="7" fontId="34" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="28" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="16" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="15" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="36" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="7" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="26" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1"/>
-    <xf numFmtId="10" fontId="12" fillId="11" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="26" fillId="10" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="14" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="11" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="11" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="33" fillId="11" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="28" fillId="11" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="36" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="36" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="28" fillId="11" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="28" fillId="11" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="8" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="20" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="20" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="20" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="7" fontId="32" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="7" fontId="26" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="40" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="26" fillId="10" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="7" fontId="32" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="7" borderId="9" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="7" borderId="9" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="10" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...22 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="12">
+  <cellStyles count="11">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Explanatory Text" xfId="9" builtinId="53"/>
     <cellStyle name="Heading 1" xfId="4" builtinId="16"/>
     <cellStyle name="Heading 3" xfId="5" builtinId="18"/>
     <cellStyle name="Heading 4" xfId="6" builtinId="19"/>
-    <cellStyle name="Hyperlink" xfId="11" builtinId="8"/>
     <cellStyle name="Input" xfId="7" builtinId="20"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Output" xfId="8" builtinId="21"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Title" xfId="3" builtinId="15"/>
     <cellStyle name="Total" xfId="10" builtinId="25"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005986"/>
       <color rgb="FF5AC412"/>
       <color rgb="FF09ABA7"/>
       <color rgb="FFDBDB0B"/>
       <color rgb="FF5FCF13"/>
       <color rgb="FF0AC2BE"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.11382152230971129"/>
-          <c:y val="8.0202964686232406E-2"/>
-[...1 lines deleted...]
-          <c:h val="0.95168696194682523"/>
+          <c:y val="0.13374816643724133"/>
+          <c:w val="0.42489026407310743"/>
+          <c:h val="0.75570451816887263"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="005986"/>
             </a:solidFill>
             <a:ln w="12700">
               <a:noFill/>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-C1BD-4B1F-94A1-61E55368A6AC}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
@@ -1180,181 +1573,255 @@
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="DBDB0B"/>
               </a:solidFill>
               <a:ln w="12700">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000008-C1BD-4B1F-94A1-61E55368A6AC}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="-0.12232864334581137"/>
-                  <c:y val="-0.11926130653874502"/>
+                  <c:x val="-8.8769834471367867E-2"/>
+                  <c:y val="-0.23835953241008725"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="1"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000001-C1BD-4B1F-94A1-61E55368A6AC}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="0.11644361258121423"/>
-                  <c:y val="-0.11887523403376389"/>
+                  <c:x val="6.6469848431481515E-2"/>
+                  <c:y val="4.9918854360250411E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="1"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000002-C1BD-4B1F-94A1-61E55368A6AC}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
-                  <c:x val="9.1102706423992083E-2"/>
-                  <c:y val="0.13458983729686314"/>
+                  <c:x val="5.4038791214330459E-2"/>
+                  <c:y val="0.10129166073135647"/>
                 </c:manualLayout>
               </c:layout>
               <c:dLblPos val="bestFit"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="1"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000004-C1BD-4B1F-94A1-61E55368A6AC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="3"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="3.1508557518259248E-2"/>
+                  <c:y val="0.11660056172050165"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-C1BD-4B1F-94A1-61E55368A6AC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="4"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.1446351000597819E-2"/>
+                  <c:y val="9.3947548051310725E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:noFill/>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                  <a:noAutofit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr sz="2000" b="1" i="0" baseline="0">
+                      <a:solidFill>
+                        <a:schemeClr val="bg1"/>
+                      </a:solidFill>
+                    </a:defRPr>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="bestFit"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="0"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="1"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                  <c15:layout>
+                    <c:manualLayout>
+                      <c:w val="4.8134463765395666E-2"/>
+                      <c:h val="5.8594915029134324E-2"/>
+                    </c:manualLayout>
+                  </c15:layout>
+                </c:ext>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000008-C1BD-4B1F-94A1-61E55368A6AC}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="2000" b="1" i="0" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
-            <c:dLblPos val="inEnd"/>
+            <c:dLblPos val="bestFit"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="1"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="1"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet2!$A$1:$A$5</c:f>
+              <c:f>LEGEND!$A$1:$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>Salary (Includes 5 hours vacation and 5 hours sick leave)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Medical Insurance ($413 the state pays)</c:v>
+                  <c:v>Medical Insurance ($529 the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Retirement * (11.5% the state pays)</c:v>
+                  <c:v>Retirement (10.075% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Social Security ** (6.2% the state pays)</c:v>
+                  <c:v>Social Security* (6.2% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Other *** (LTD, Basic Life, Medicare, Retiree Medical)</c:v>
+                  <c:v>Other** (Basic Life, Medicare and Deferred Compensation)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet2!$B$1:$B$5</c:f>
+              <c:f>LEGEND!$B$1:$B$5</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.00_);\("$"#,##0.00\)</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>413</c:v>
+                  <c:v>478</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000B-C1BD-4B1F-94A1-61E55368A6AC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
@@ -1435,53 +1902,53 @@
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
       </c:legendEntry>
       <c:legendEntry>
         <c:idx val="4"/>
         <c:txPr>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1600">
                 <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
       </c:legendEntry>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.54693014205490642"/>
-          <c:y val="0.3204879000216716"/>
-[...1 lines deleted...]
-          <c:h val="0.37284229718293832"/>
+          <c:y val="0.3166956141858322"/>
+          <c:w val="0.45306986733273391"/>
+          <c:h val="0.48126841183722741"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1600">
               <a:latin typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
               <a:cs typeface="Segoe UI" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="zero"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525">
       <a:noFill/>
@@ -1499,121 +1966,126 @@
           <a:latin typeface="Arial"/>
           <a:ea typeface="Arial"/>
           <a:cs typeface="Arial"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter alignWithMargins="0"/>
     <c:pageMargins b="1" l="0.75" r="0.75" t="1" header="0.5" footer="0.5"/>
     <c:pageSetup orientation="landscape"/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>119061</xdr:colOff>
+      <xdr:colOff>476249</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>301626</xdr:rowOff>
+      <xdr:rowOff>336551</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>6</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>252413</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>544285</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>299359</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>0</xdr:colOff>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>1333502</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>583406</xdr:rowOff>
+      <xdr:rowOff>1249590</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>23811</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>3077485</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>1395956</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D53549D-4D57-4121-BD57-FCA669DE4F81}"/>
             </a:ext>
+            <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+            </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
-      <xdr:blipFill>
+      <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
-        <a:stretch>
-[...1 lines deleted...]
-        </a:stretch>
+        <a:srcRect l="634" t="2215" r="64" b="2215"/>
+        <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="607219" y="583406"/>
-          <a:ext cx="15251906" cy="1619249"/>
+          <a:off x="4122966" y="1249590"/>
+          <a:ext cx="11622769" cy="1398223"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -1843,1459 +2315,2253 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sos.mo.gov/library/reference/orders/2017/eo9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modeferredcomp.org/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BF52"/>
+  <dimension ref="A1:BG49"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="50"/>
-[...11 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="9.140625" style="48"/>
+    <col min="2" max="2" width="32.7109375" style="29" customWidth="1"/>
+    <col min="3" max="3" width="53.28515625" style="29" customWidth="1"/>
+    <col min="4" max="4" width="31.85546875" style="29" customWidth="1"/>
+    <col min="5" max="5" width="4" style="29" customWidth="1"/>
+    <col min="6" max="6" width="53.42578125" style="29" customWidth="1"/>
+    <col min="7" max="7" width="5.42578125" style="29" customWidth="1"/>
+    <col min="8" max="8" width="47.42578125" style="29" customWidth="1"/>
+    <col min="9" max="9" width="5.42578125" style="29" customWidth="1"/>
+    <col min="10" max="10" width="23" style="29" customWidth="1"/>
+    <col min="11" max="11" width="22" style="29" customWidth="1"/>
+    <col min="12" max="16" width="15.7109375" style="29" bestFit="1" customWidth="1"/>
+    <col min="17" max="16384" width="9.140625" style="29"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:58" ht="46.5" x14ac:dyDescent="0.7">
-      <c r="B1" s="73" t="s">
+    <row r="1" spans="1:59" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="115" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="73"/>
-[...23 lines deleted...]
-      <c r="B3" s="81" t="s">
+      <c r="C1" s="115"/>
+      <c r="D1" s="115"/>
+      <c r="E1" s="115"/>
+      <c r="F1" s="115"/>
+      <c r="G1" s="115"/>
+      <c r="H1" s="115"/>
+      <c r="I1" s="115"/>
+      <c r="J1" s="115"/>
+      <c r="K1" s="115"/>
+    </row>
+    <row r="2" spans="1:59" s="51" customFormat="1" ht="111" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="49"/>
+      <c r="B2" s="50"/>
+      <c r="C2" s="50"/>
+      <c r="D2" s="50"/>
+      <c r="E2" s="50"/>
+      <c r="F2" s="50"/>
+      <c r="G2" s="50"/>
+      <c r="H2" s="50"/>
+      <c r="I2" s="50"/>
+      <c r="J2" s="50"/>
+      <c r="K2" s="50"/>
+    </row>
+    <row r="3" spans="1:59" s="51" customFormat="1" ht="49.9" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="49"/>
+      <c r="B3" s="118" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="81"/>
-[...11 lines deleted...]
-      <c r="B4" s="82" t="s">
+      <c r="C3" s="118"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
+      <c r="K3" s="118"/>
+      <c r="L3" s="29"/>
+    </row>
+    <row r="4" spans="1:59" s="51" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="49"/>
+      <c r="B4" s="117" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="82"/>
-[...16 lines deleted...]
-      <c r="B5" s="83" t="s">
+      <c r="C4" s="117"/>
+      <c r="D4" s="117"/>
+      <c r="E4" s="117"/>
+      <c r="F4" s="117"/>
+      <c r="G4" s="117"/>
+      <c r="H4" s="117"/>
+      <c r="I4" s="117"/>
+      <c r="J4" s="117"/>
+      <c r="K4" s="117"/>
+      <c r="L4" s="52"/>
+      <c r="M4" s="52"/>
+      <c r="N4" s="52"/>
+      <c r="O4" s="52"/>
+      <c r="P4" s="52"/>
+      <c r="Q4" s="52"/>
+    </row>
+    <row r="5" spans="1:59" s="54" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="48"/>
+      <c r="B5" s="116" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" s="116"/>
+      <c r="D5" s="116"/>
+      <c r="E5" s="116"/>
+      <c r="F5" s="116"/>
+      <c r="G5" s="116"/>
+      <c r="H5" s="116"/>
+      <c r="I5" s="116"/>
+      <c r="J5" s="116"/>
+      <c r="K5" s="116"/>
+      <c r="L5" s="53"/>
+      <c r="M5" s="53"/>
+      <c r="N5" s="53"/>
+      <c r="O5" s="53"/>
+      <c r="P5" s="53"/>
+      <c r="Q5" s="53"/>
+    </row>
+    <row r="6" spans="1:59" s="48" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="55"/>
+      <c r="C6" s="55"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="55"/>
+      <c r="F6" s="55"/>
+      <c r="G6" s="55"/>
+      <c r="H6" s="55"/>
+      <c r="I6" s="55"/>
+      <c r="J6" s="55"/>
+      <c r="L6" s="53"/>
+      <c r="M6" s="53"/>
+      <c r="N6" s="56"/>
+      <c r="O6" s="53"/>
+      <c r="P6" s="53"/>
+      <c r="Q6" s="53"/>
+    </row>
+    <row r="7" spans="1:59" s="54" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="48"/>
+      <c r="B7" s="110" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="83"/>
-[...33 lines deleted...]
-      <c r="B7" s="77" t="s">
+      <c r="C7" s="111"/>
+      <c r="D7" s="111"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="89" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="78"/>
-[...3 lines deleted...]
-      <c r="G7" s="42" t="s">
+      <c r="G7" s="88"/>
+      <c r="H7" s="89" t="s">
         <v>5</v>
       </c>
-      <c r="H7" s="71"/>
-      <c r="I7" s="75" t="s">
+      <c r="I7" s="88"/>
+      <c r="J7" s="109" t="s">
         <v>6</v>
       </c>
-      <c r="J7" s="75"/>
-[...9 lines deleted...]
-      <c r="B8" s="43" t="s">
+      <c r="K7" s="109"/>
+      <c r="M7" s="53"/>
+      <c r="N7" s="53"/>
+      <c r="O7" s="53"/>
+      <c r="P7" s="53"/>
+      <c r="Q7" s="53"/>
+      <c r="R7" s="53"/>
+    </row>
+    <row r="8" spans="1:59" s="59" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="57"/>
+      <c r="B8" s="33" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="43" t="s">
+      <c r="C8" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="43" t="s">
+      <c r="D8" s="33" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="43"/>
-[...1 lines deleted...]
-      <c r="G8" s="43" t="s">
+      <c r="E8" s="20"/>
+      <c r="F8" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="H8" s="45"/>
-      <c r="I8" s="54" t="s">
+      <c r="G8" s="21"/>
+      <c r="H8" s="33" t="s">
         <v>11</v>
       </c>
-      <c r="J8" s="54" t="s">
+      <c r="I8" s="21"/>
+      <c r="J8" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="K8" s="55"/>
-      <c r="L8" s="52" t="s">
+      <c r="K8" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="M8" s="74"/>
-[...43 lines deleted...]
-        <f>(G9*24)/2080</f>
+      <c r="L8" s="58"/>
+      <c r="M8" s="56" t="s">
+        <v>14</v>
+      </c>
+      <c r="N8" s="108"/>
+      <c r="O8" s="108"/>
+      <c r="P8" s="56"/>
+      <c r="Q8" s="56"/>
+      <c r="R8" s="56"/>
+      <c r="S8" s="29"/>
+      <c r="T8" s="29"/>
+      <c r="U8" s="29"/>
+      <c r="V8" s="29"/>
+      <c r="W8" s="29"/>
+      <c r="X8" s="29"/>
+      <c r="Y8" s="29"/>
+      <c r="Z8" s="29"/>
+      <c r="AA8" s="29"/>
+      <c r="AB8" s="29"/>
+      <c r="AC8" s="29"/>
+      <c r="AD8" s="29"/>
+      <c r="AE8" s="29"/>
+      <c r="AF8" s="29"/>
+      <c r="AG8" s="29"/>
+      <c r="AH8" s="29"/>
+      <c r="AI8" s="29"/>
+      <c r="AJ8" s="29"/>
+      <c r="AK8" s="29"/>
+      <c r="AL8" s="29"/>
+      <c r="AM8" s="29"/>
+      <c r="AN8" s="29"/>
+      <c r="AO8" s="29"/>
+      <c r="AP8" s="29"/>
+      <c r="AQ8" s="29"/>
+      <c r="AR8" s="29"/>
+      <c r="AS8" s="29"/>
+      <c r="AT8" s="29"/>
+      <c r="AU8" s="29"/>
+      <c r="AV8" s="29"/>
+      <c r="AW8" s="29"/>
+      <c r="AX8" s="29"/>
+      <c r="AY8" s="29"/>
+      <c r="AZ8" s="29"/>
+      <c r="BA8" s="29"/>
+    </row>
+    <row r="9" spans="1:59" s="62" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="60"/>
+      <c r="B9" s="27">
+        <f>(F9*24)/2080</f>
         <v>0</v>
       </c>
-      <c r="C9" s="28">
-        <f>(G9*24)</f>
+      <c r="C9" s="27">
+        <f>F9*24</f>
         <v>0</v>
       </c>
-      <c r="D9" s="28">
-[...7 lines deleted...]
-      <c r="I9" s="67">
+      <c r="D9" s="27">
+        <f>SUM(F9*24)+(F24*24)</f>
+        <v>12696</v>
+      </c>
+      <c r="E9" s="24"/>
+      <c r="F9" s="22">
+        <v>0</v>
+      </c>
+      <c r="G9" s="25"/>
+      <c r="H9" s="22">
+        <v>0</v>
+      </c>
+      <c r="I9" s="25"/>
+      <c r="J9" s="30">
         <v>5</v>
       </c>
-      <c r="J9" s="68">
+      <c r="K9" s="31">
         <v>5</v>
       </c>
-      <c r="K9" s="59"/>
-[...3 lines deleted...]
-      <c r="O9" s="61"/>
+      <c r="L9" s="26"/>
+      <c r="M9" s="56"/>
+      <c r="N9" s="27"/>
+      <c r="O9" s="27"/>
       <c r="P9" s="61"/>
       <c r="Q9" s="61"/>
       <c r="R9" s="61"/>
       <c r="S9" s="61"/>
       <c r="T9" s="61"/>
       <c r="U9" s="61"/>
       <c r="V9" s="61"/>
       <c r="W9" s="61"/>
       <c r="X9" s="61"/>
       <c r="Y9" s="61"/>
       <c r="Z9" s="61"/>
       <c r="AA9" s="61"/>
       <c r="AB9" s="61"/>
       <c r="AC9" s="61"/>
       <c r="AD9" s="61"/>
       <c r="AE9" s="61"/>
       <c r="AF9" s="61"/>
       <c r="AG9" s="61"/>
       <c r="AH9" s="61"/>
       <c r="AI9" s="61"/>
       <c r="AJ9" s="61"/>
       <c r="AK9" s="61"/>
       <c r="AL9" s="61"/>
       <c r="AM9" s="61"/>
       <c r="AN9" s="61"/>
       <c r="AO9" s="61"/>
       <c r="AP9" s="61"/>
       <c r="AQ9" s="61"/>
       <c r="AR9" s="61"/>
       <c r="AS9" s="61"/>
       <c r="AT9" s="61"/>
       <c r="AU9" s="61"/>
       <c r="AV9" s="61"/>
       <c r="AW9" s="61"/>
       <c r="AX9" s="61"/>
       <c r="AY9" s="61"/>
       <c r="AZ9" s="61"/>
       <c r="BA9" s="61"/>
       <c r="BB9" s="61"/>
       <c r="BC9" s="61"/>
       <c r="BD9" s="61"/>
       <c r="BE9" s="61"/>
       <c r="BF9" s="61"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="56"/>
+      <c r="BG9" s="61"/>
+    </row>
+    <row r="10" spans="1:59" s="62" customFormat="1" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="60"/>
       <c r="B10" s="61"/>
       <c r="C10" s="61"/>
       <c r="D10" s="61"/>
-      <c r="E10" s="57"/>
-[...5 lines deleted...]
-      <c r="I10" s="76" t="s">
+      <c r="E10" s="24"/>
+      <c r="F10" s="90" t="s">
         <v>15</v>
       </c>
-      <c r="J10" s="76"/>
-[...2 lines deleted...]
-      <c r="M10" s="61"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="32" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="28"/>
+      <c r="J10" s="107" t="s">
+        <v>52</v>
+      </c>
+      <c r="K10" s="107" t="s">
+        <v>52</v>
+      </c>
+      <c r="L10" s="26"/>
+      <c r="M10" s="56"/>
       <c r="N10" s="61"/>
       <c r="O10" s="61"/>
       <c r="P10" s="61"/>
       <c r="Q10" s="61"/>
       <c r="R10" s="61"/>
       <c r="S10" s="61"/>
       <c r="T10" s="61"/>
       <c r="U10" s="61"/>
       <c r="V10" s="61"/>
       <c r="W10" s="61"/>
       <c r="X10" s="61"/>
       <c r="Y10" s="61"/>
       <c r="Z10" s="61"/>
       <c r="AA10" s="61"/>
       <c r="AB10" s="61"/>
       <c r="AC10" s="61"/>
       <c r="AD10" s="61"/>
       <c r="AE10" s="61"/>
       <c r="AF10" s="61"/>
       <c r="AG10" s="61"/>
       <c r="AH10" s="61"/>
       <c r="AI10" s="61"/>
       <c r="AJ10" s="61"/>
       <c r="AK10" s="61"/>
       <c r="AL10" s="61"/>
       <c r="AM10" s="61"/>
       <c r="AN10" s="61"/>
       <c r="AO10" s="61"/>
       <c r="AP10" s="61"/>
       <c r="AQ10" s="61"/>
       <c r="AR10" s="61"/>
       <c r="AS10" s="61"/>
       <c r="AT10" s="61"/>
       <c r="AU10" s="61"/>
       <c r="AV10" s="61"/>
       <c r="AW10" s="61"/>
       <c r="AX10" s="61"/>
       <c r="AY10" s="61"/>
       <c r="AZ10" s="61"/>
       <c r="BA10" s="61"/>
       <c r="BB10" s="61"/>
       <c r="BC10" s="61"/>
       <c r="BD10" s="61"/>
       <c r="BE10" s="61"/>
       <c r="BF10" s="61"/>
-    </row>
-[...71 lines deleted...]
-      <c r="M12" s="51"/>
+      <c r="BG10" s="61"/>
+    </row>
+    <row r="11" spans="1:59" s="59" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="57"/>
+      <c r="E11" s="2"/>
+      <c r="J11" s="29"/>
+      <c r="K11" s="29"/>
+      <c r="L11" s="56"/>
+      <c r="M11" s="53"/>
+      <c r="N11" s="63"/>
+      <c r="O11" s="63"/>
+      <c r="P11" s="63"/>
+      <c r="Q11" s="63"/>
+      <c r="R11" s="63"/>
+      <c r="S11" s="63"/>
+      <c r="T11" s="63"/>
+      <c r="U11" s="63"/>
+      <c r="V11" s="63"/>
+      <c r="W11" s="63"/>
+      <c r="X11" s="63"/>
+      <c r="Y11" s="63"/>
+      <c r="Z11" s="63"/>
+      <c r="AA11" s="63"/>
+      <c r="AB11" s="63"/>
+      <c r="AC11" s="63"/>
+      <c r="AD11" s="63"/>
+      <c r="AE11" s="63"/>
+      <c r="AF11" s="63"/>
+      <c r="AG11" s="63"/>
+      <c r="AH11" s="63"/>
+      <c r="AI11" s="63"/>
+      <c r="AJ11" s="63"/>
+      <c r="AK11" s="63"/>
+      <c r="AL11" s="63"/>
+      <c r="AM11" s="63"/>
+      <c r="AN11" s="63"/>
+      <c r="AO11" s="63"/>
+      <c r="AP11" s="63"/>
+      <c r="AQ11" s="63"/>
+      <c r="AR11" s="63"/>
+      <c r="AS11" s="63"/>
+      <c r="AT11" s="63"/>
+      <c r="AU11" s="63"/>
+      <c r="AV11" s="63"/>
+      <c r="AW11" s="63"/>
+      <c r="AX11" s="63"/>
+      <c r="AY11" s="63"/>
+      <c r="AZ11" s="63"/>
+      <c r="BA11" s="63"/>
+      <c r="BB11" s="63"/>
+      <c r="BC11" s="63"/>
+      <c r="BD11" s="63"/>
+      <c r="BE11" s="63"/>
+      <c r="BF11" s="63"/>
+    </row>
+    <row r="12" spans="1:59" s="62" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="60"/>
+      <c r="B12" s="53"/>
+      <c r="C12" s="53"/>
+      <c r="D12" s="53"/>
+      <c r="E12" s="5"/>
+      <c r="F12" s="64" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" s="64"/>
+      <c r="H12" s="64"/>
+      <c r="I12" s="64"/>
+      <c r="J12" s="29"/>
+      <c r="K12" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="L12" s="29"/>
+      <c r="M12" s="54"/>
       <c r="N12" s="61"/>
       <c r="O12" s="61"/>
       <c r="P12" s="61"/>
       <c r="Q12" s="61"/>
       <c r="R12" s="61"/>
       <c r="S12" s="61"/>
       <c r="T12" s="61"/>
       <c r="U12" s="61"/>
       <c r="V12" s="61"/>
       <c r="W12" s="61"/>
       <c r="X12" s="61"/>
       <c r="Y12" s="61"/>
       <c r="Z12" s="61"/>
       <c r="AA12" s="61"/>
       <c r="AB12" s="61"/>
       <c r="AC12" s="61"/>
       <c r="AD12" s="61"/>
       <c r="AE12" s="61"/>
       <c r="AF12" s="61"/>
       <c r="AG12" s="61"/>
       <c r="AH12" s="61"/>
       <c r="AI12" s="61"/>
       <c r="AJ12" s="61"/>
       <c r="AK12" s="61"/>
       <c r="AL12" s="61"/>
       <c r="AM12" s="61"/>
       <c r="AN12" s="61"/>
       <c r="AO12" s="61"/>
       <c r="AP12" s="61"/>
       <c r="AQ12" s="61"/>
       <c r="AR12" s="61"/>
       <c r="AS12" s="61"/>
       <c r="AT12" s="61"/>
       <c r="AU12" s="61"/>
       <c r="AV12" s="61"/>
       <c r="AW12" s="61"/>
       <c r="AX12" s="61"/>
       <c r="AY12" s="61"/>
       <c r="AZ12" s="61"/>
       <c r="BA12" s="61"/>
       <c r="BB12" s="61"/>
       <c r="BC12" s="61"/>
       <c r="BD12" s="61"/>
       <c r="BE12" s="61"/>
       <c r="BF12" s="61"/>
     </row>
-    <row r="13" spans="1:58" s="7" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-      <c r="A14" s="56"/>
+    <row r="13" spans="1:59" s="59" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="57"/>
+      <c r="B13" s="63"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="63"/>
+      <c r="E13" s="5"/>
+      <c r="F13" s="29"/>
+      <c r="G13" s="29"/>
+      <c r="H13" s="29"/>
+      <c r="I13" s="29"/>
+      <c r="J13" s="29"/>
+      <c r="K13" s="29"/>
+      <c r="L13" s="29"/>
+      <c r="M13" s="54"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="63"/>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="63"/>
+      <c r="S13" s="63"/>
+      <c r="T13" s="63"/>
+      <c r="U13" s="63"/>
+      <c r="V13" s="63"/>
+      <c r="W13" s="63"/>
+      <c r="X13" s="63"/>
+      <c r="Y13" s="63"/>
+      <c r="Z13" s="63"/>
+      <c r="AA13" s="63"/>
+      <c r="AB13" s="63"/>
+      <c r="AC13" s="63"/>
+      <c r="AD13" s="63"/>
+      <c r="AE13" s="63"/>
+      <c r="AF13" s="63"/>
+      <c r="AG13" s="63"/>
+      <c r="AH13" s="63"/>
+      <c r="AI13" s="63"/>
+      <c r="AJ13" s="63"/>
+      <c r="AK13" s="63"/>
+      <c r="AL13" s="63"/>
+      <c r="AM13" s="63"/>
+      <c r="AN13" s="63"/>
+      <c r="AO13" s="63"/>
+      <c r="AP13" s="63"/>
+      <c r="AQ13" s="63"/>
+      <c r="AR13" s="63"/>
+      <c r="AS13" s="63"/>
+      <c r="AT13" s="63"/>
+      <c r="AU13" s="63"/>
+      <c r="AV13" s="63"/>
+      <c r="AW13" s="63"/>
+      <c r="AX13" s="63"/>
+      <c r="AY13" s="63"/>
+      <c r="AZ13" s="63"/>
+      <c r="BA13" s="63"/>
+      <c r="BB13" s="63"/>
+      <c r="BC13" s="63"/>
+      <c r="BD13" s="63"/>
+      <c r="BE13" s="63"/>
+      <c r="BF13" s="63"/>
+    </row>
+    <row r="14" spans="1:59" s="62" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="60"/>
       <c r="B14" s="61"/>
       <c r="C14" s="61"/>
       <c r="D14" s="61"/>
-      <c r="E14" s="10"/>
-[...7 lines deleted...]
-      <c r="M14" s="1"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="29"/>
+      <c r="G14" s="29"/>
+      <c r="H14" s="29"/>
+      <c r="I14" s="29"/>
+      <c r="J14" s="29"/>
+      <c r="K14" s="29"/>
+      <c r="L14" s="29"/>
+      <c r="M14" s="29"/>
       <c r="N14" s="61"/>
       <c r="O14" s="61"/>
       <c r="P14" s="61"/>
       <c r="Q14" s="61"/>
       <c r="R14" s="61"/>
       <c r="S14" s="61"/>
       <c r="T14" s="61"/>
       <c r="U14" s="61"/>
       <c r="V14" s="61"/>
       <c r="W14" s="61"/>
       <c r="X14" s="61"/>
       <c r="Y14" s="61"/>
       <c r="Z14" s="61"/>
       <c r="AA14" s="61"/>
       <c r="AB14" s="61"/>
       <c r="AC14" s="61"/>
       <c r="AD14" s="61"/>
       <c r="AE14" s="61"/>
       <c r="AF14" s="61"/>
       <c r="AG14" s="61"/>
       <c r="AH14" s="61"/>
       <c r="AI14" s="61"/>
       <c r="AJ14" s="61"/>
       <c r="AK14" s="61"/>
       <c r="AL14" s="61"/>
       <c r="AM14" s="61"/>
       <c r="AN14" s="61"/>
       <c r="AO14" s="61"/>
       <c r="AP14" s="61"/>
       <c r="AQ14" s="61"/>
       <c r="AR14" s="61"/>
       <c r="AS14" s="61"/>
       <c r="AT14" s="61"/>
       <c r="AU14" s="61"/>
       <c r="AV14" s="61"/>
       <c r="AW14" s="61"/>
       <c r="AX14" s="61"/>
       <c r="AY14" s="61"/>
       <c r="AZ14" s="61"/>
       <c r="BA14" s="61"/>
       <c r="BB14" s="61"/>
       <c r="BC14" s="61"/>
       <c r="BD14" s="61"/>
       <c r="BE14" s="61"/>
       <c r="BF14" s="61"/>
     </row>
-    <row r="15" spans="1:58" s="7" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-[...60 lines deleted...]
-      <c r="A16" s="56"/>
+    <row r="15" spans="1:59" s="59" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="57"/>
+      <c r="B15" s="63"/>
+      <c r="C15" s="63"/>
+      <c r="D15" s="63"/>
+      <c r="E15" s="5"/>
+      <c r="F15" s="29"/>
+      <c r="G15" s="29"/>
+      <c r="H15" s="29"/>
+      <c r="I15" s="29"/>
+      <c r="J15" s="29"/>
+      <c r="K15" s="29"/>
+      <c r="L15" s="29"/>
+      <c r="M15" s="29"/>
+      <c r="N15" s="63"/>
+      <c r="O15" s="63"/>
+      <c r="P15" s="63"/>
+      <c r="Q15" s="63"/>
+      <c r="R15" s="63"/>
+      <c r="S15" s="63"/>
+      <c r="T15" s="63"/>
+      <c r="U15" s="63"/>
+      <c r="V15" s="63"/>
+      <c r="W15" s="63"/>
+      <c r="X15" s="63"/>
+      <c r="Y15" s="63"/>
+      <c r="Z15" s="63"/>
+      <c r="AA15" s="63"/>
+      <c r="AB15" s="63"/>
+      <c r="AC15" s="63"/>
+      <c r="AD15" s="63"/>
+      <c r="AE15" s="63"/>
+      <c r="AF15" s="63"/>
+      <c r="AG15" s="63"/>
+      <c r="AH15" s="63"/>
+      <c r="AI15" s="63"/>
+      <c r="AJ15" s="63"/>
+      <c r="AK15" s="63"/>
+      <c r="AL15" s="63"/>
+      <c r="AM15" s="63"/>
+      <c r="AN15" s="63"/>
+      <c r="AO15" s="63"/>
+      <c r="AP15" s="63"/>
+      <c r="AQ15" s="63"/>
+      <c r="AR15" s="63"/>
+      <c r="AS15" s="63"/>
+      <c r="AT15" s="63"/>
+      <c r="AU15" s="63"/>
+      <c r="AV15" s="63"/>
+      <c r="AW15" s="63"/>
+      <c r="AX15" s="63"/>
+      <c r="AY15" s="63"/>
+      <c r="AZ15" s="63"/>
+      <c r="BA15" s="63"/>
+      <c r="BB15" s="63"/>
+      <c r="BC15" s="63"/>
+      <c r="BD15" s="63"/>
+      <c r="BE15" s="63"/>
+      <c r="BF15" s="63"/>
+    </row>
+    <row r="16" spans="1:59" s="62" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="60"/>
       <c r="B16" s="61"/>
       <c r="C16" s="61"/>
       <c r="D16" s="61"/>
-      <c r="E16" s="10"/>
-[...7 lines deleted...]
-      <c r="M16" s="1"/>
+      <c r="E16" s="5"/>
+      <c r="F16" s="29"/>
+      <c r="G16" s="29"/>
+      <c r="H16" s="65"/>
+      <c r="I16" s="29"/>
+      <c r="J16" s="29"/>
+      <c r="K16" s="29"/>
+      <c r="L16" s="29"/>
+      <c r="M16" s="29"/>
       <c r="N16" s="61"/>
       <c r="O16" s="61"/>
       <c r="P16" s="61"/>
       <c r="Q16" s="61"/>
       <c r="R16" s="61"/>
       <c r="S16" s="61"/>
       <c r="T16" s="61"/>
       <c r="U16" s="61"/>
       <c r="V16" s="61"/>
       <c r="W16" s="61"/>
       <c r="X16" s="61"/>
       <c r="Y16" s="61"/>
       <c r="Z16" s="61"/>
       <c r="AA16" s="61"/>
       <c r="AB16" s="61"/>
       <c r="AC16" s="61"/>
       <c r="AD16" s="61"/>
       <c r="AE16" s="61"/>
       <c r="AF16" s="61"/>
       <c r="AG16" s="61"/>
       <c r="AH16" s="61"/>
       <c r="AI16" s="61"/>
       <c r="AJ16" s="61"/>
       <c r="AK16" s="61"/>
       <c r="AL16" s="61"/>
       <c r="AM16" s="61"/>
       <c r="AN16" s="61"/>
       <c r="AO16" s="61"/>
       <c r="AP16" s="61"/>
       <c r="AQ16" s="61"/>
       <c r="AR16" s="61"/>
       <c r="AS16" s="61"/>
       <c r="AT16" s="61"/>
       <c r="AU16" s="61"/>
       <c r="AV16" s="61"/>
       <c r="AW16" s="61"/>
       <c r="AX16" s="61"/>
       <c r="AY16" s="61"/>
       <c r="AZ16" s="61"/>
       <c r="BA16" s="61"/>
       <c r="BB16" s="61"/>
       <c r="BC16" s="61"/>
       <c r="BD16" s="61"/>
       <c r="BE16" s="61"/>
       <c r="BF16" s="61"/>
     </row>
     <row r="17" spans="1:58" s="62" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="56"/>
+      <c r="A17" s="60"/>
       <c r="B17" s="61"/>
       <c r="C17" s="61"/>
       <c r="D17" s="61"/>
-      <c r="E17" s="10"/>
-[...7 lines deleted...]
-      <c r="M17" s="1"/>
+      <c r="E17" s="5"/>
+      <c r="F17" s="29"/>
+      <c r="G17" s="29"/>
+      <c r="H17" s="66"/>
+      <c r="I17" s="29"/>
+      <c r="J17" s="29"/>
+      <c r="K17" s="29"/>
+      <c r="L17" s="29"/>
+      <c r="M17" s="29"/>
       <c r="N17" s="61"/>
       <c r="O17" s="61"/>
       <c r="P17" s="61"/>
       <c r="Q17" s="61"/>
       <c r="R17" s="61"/>
       <c r="S17" s="61"/>
       <c r="T17" s="61"/>
       <c r="U17" s="61"/>
       <c r="V17" s="61"/>
       <c r="W17" s="61"/>
       <c r="X17" s="61"/>
       <c r="Y17" s="61"/>
       <c r="Z17" s="61"/>
       <c r="AA17" s="61"/>
       <c r="AB17" s="61"/>
       <c r="AC17" s="61"/>
       <c r="AD17" s="61"/>
       <c r="AE17" s="61"/>
       <c r="AF17" s="61"/>
       <c r="AG17" s="61"/>
       <c r="AH17" s="61"/>
       <c r="AI17" s="61"/>
       <c r="AJ17" s="61"/>
       <c r="AK17" s="61"/>
       <c r="AL17" s="61"/>
       <c r="AM17" s="61"/>
       <c r="AN17" s="61"/>
       <c r="AO17" s="61"/>
       <c r="AP17" s="61"/>
       <c r="AQ17" s="61"/>
       <c r="AR17" s="61"/>
       <c r="AS17" s="61"/>
       <c r="AT17" s="61"/>
       <c r="AU17" s="61"/>
       <c r="AV17" s="61"/>
       <c r="AW17" s="61"/>
       <c r="AX17" s="61"/>
       <c r="AY17" s="61"/>
       <c r="AZ17" s="61"/>
       <c r="BA17" s="61"/>
       <c r="BB17" s="61"/>
       <c r="BC17" s="61"/>
       <c r="BD17" s="61"/>
       <c r="BE17" s="61"/>
       <c r="BF17" s="61"/>
     </row>
     <row r="18" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E18" s="19"/>
-      <c r="F18" s="11"/>
+      <c r="E18" s="67"/>
+      <c r="H18" s="66"/>
     </row>
     <row r="19" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E19" s="11"/>
-      <c r="F19" s="11"/>
+      <c r="E19" s="68"/>
+      <c r="H19" s="69"/>
     </row>
     <row r="20" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E20" s="11"/>
-      <c r="F20" s="11"/>
+      <c r="E20" s="68"/>
+      <c r="H20" s="70"/>
     </row>
     <row r="21" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E21" s="11"/>
-      <c r="F21" s="11"/>
+      <c r="E21" s="68"/>
     </row>
     <row r="22" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E22" s="11"/>
-[...9 lines deleted...]
-        <f>G9</f>
+      <c r="E22" s="68"/>
+    </row>
+    <row r="23" spans="1:58" ht="27" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="D23" s="113" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="113"/>
+      <c r="F23" s="71">
+        <f>F9</f>
         <v>0</v>
       </c>
-      <c r="H23" s="40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G23" s="72"/>
+      <c r="H23" s="72"/>
+      <c r="I23" s="72"/>
     </row>
     <row r="24" spans="1:58" ht="27.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
-      <c r="D24" s="87" t="s">
+      <c r="D24" s="114" t="s">
         <v>18</v>
       </c>
-      <c r="E24" s="87"/>
-[...6 lines deleted...]
-      <c r="I24" s="40"/>
+      <c r="E24" s="114"/>
+      <c r="F24" s="73">
+        <f>B37+B40+C40+B43+C43+D43+D40+(H9*2)</f>
+        <v>529</v>
+      </c>
+      <c r="G24" s="72"/>
+      <c r="H24" s="72"/>
+      <c r="I24" s="72"/>
     </row>
     <row r="25" spans="1:58" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="E25" s="22"/>
-[...10 lines deleted...]
-      <c r="B28" s="85" t="s">
+      <c r="E25" s="74"/>
+    </row>
+    <row r="26" spans="1:58" s="78" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="77"/>
+      <c r="B26" s="120" t="s">
         <v>19</v>
       </c>
-      <c r="C28" s="85"/>
-[...9 lines deleted...]
-      <c r="B29" s="84" t="s">
+      <c r="C26" s="120"/>
+      <c r="D26" s="120"/>
+      <c r="E26" s="120"/>
+      <c r="F26" s="120"/>
+      <c r="G26" s="120"/>
+      <c r="H26" s="120"/>
+      <c r="I26" s="120"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="120"/>
+    </row>
+    <row r="27" spans="1:58" s="78" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="77"/>
+      <c r="B27" s="119" t="s">
         <v>20</v>
       </c>
-      <c r="C29" s="84"/>
-[...9 lines deleted...]
-      <c r="B30" s="84" t="s">
+      <c r="C27" s="119"/>
+      <c r="D27" s="119"/>
+      <c r="E27" s="119"/>
+      <c r="F27" s="119"/>
+      <c r="G27" s="119"/>
+      <c r="H27" s="119"/>
+      <c r="I27" s="119"/>
+      <c r="J27" s="119"/>
+      <c r="K27" s="119"/>
+    </row>
+    <row r="28" spans="1:58" s="78" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="77"/>
+      <c r="B28" s="119" t="s">
         <v>21</v>
       </c>
-      <c r="C30" s="84"/>
-[...12 lines deleted...]
-      <c r="B31" s="88" t="s">
+      <c r="C28" s="119"/>
+      <c r="D28" s="119"/>
+      <c r="E28" s="119"/>
+      <c r="F28" s="119"/>
+      <c r="G28" s="119"/>
+      <c r="H28" s="119"/>
+      <c r="I28" s="119"/>
+      <c r="J28" s="119"/>
+    </row>
+    <row r="29" spans="1:58" s="78" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="77"/>
+      <c r="B29" s="112" t="s">
         <v>22</v>
       </c>
-      <c r="C31" s="88"/>
-[...9 lines deleted...]
-      <c r="B32" s="79" t="s">
+      <c r="C29" s="112"/>
+      <c r="D29" s="112"/>
+      <c r="E29" s="112"/>
+      <c r="F29" s="112"/>
+      <c r="G29" s="112"/>
+      <c r="H29" s="112"/>
+      <c r="I29" s="112"/>
+      <c r="J29" s="112"/>
+    </row>
+    <row r="30" spans="1:58" s="78" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="77"/>
+      <c r="B30" s="100" t="s">
+        <v>50</v>
+      </c>
+      <c r="C30" s="79"/>
+      <c r="D30" s="79"/>
+      <c r="E30" s="80"/>
+    </row>
+    <row r="31" spans="1:58" x14ac:dyDescent="0.25">
+      <c r="E31" s="68"/>
+    </row>
+    <row r="32" spans="1:58" x14ac:dyDescent="0.25">
+      <c r="E32" s="68"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E33" s="68"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E34" s="68"/>
+    </row>
+    <row r="35" spans="1:11" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B35" s="40" t="s">
         <v>23</v>
       </c>
-      <c r="C32" s="79"/>
-[...9 lines deleted...]
-      <c r="B33" s="65" t="s">
+      <c r="C35" s="1"/>
+      <c r="D35" s="36"/>
+      <c r="E35" s="68"/>
+    </row>
+    <row r="36" spans="1:11" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="42" t="s">
         <v>24</v>
       </c>
-      <c r="C33" s="51"/>
-[...22 lines deleted...]
-      <c r="B38" s="3" t="s">
+      <c r="C36" s="18"/>
+      <c r="D36" s="37"/>
+      <c r="E36" s="68"/>
+      <c r="F36" s="75"/>
+    </row>
+    <row r="37" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B37" s="44">
+        <f>(C9/1000)*0.045</f>
+        <v>0</v>
+      </c>
+      <c r="C37" s="4"/>
+      <c r="D37" s="34"/>
+      <c r="E37" s="68"/>
+    </row>
+    <row r="38" spans="1:11" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B38" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="C38" s="4"/>
-[...16 lines deleted...]
-        <f>G9*B39</f>
+      <c r="C38" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D38" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E38" s="68"/>
+    </row>
+    <row r="39" spans="1:11" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B39" s="35"/>
+      <c r="C39" s="19">
+        <v>1.4500000000000001E-2</v>
+      </c>
+      <c r="D39" s="46">
+        <v>4.7499999999999999E-3</v>
+      </c>
+      <c r="E39" s="68"/>
+      <c r="F39" s="76"/>
+    </row>
+    <row r="40" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B40" s="44">
+        <v>529</v>
+      </c>
+      <c r="C40" s="4">
+        <f>F9*C39</f>
         <v>0</v>
       </c>
-      <c r="C40" s="9"/>
-[...11 lines deleted...]
-      <c r="D41" s="14" t="s">
+      <c r="D40" s="43">
+        <f>F9*D39</f>
+        <v>0</v>
+      </c>
+      <c r="E40" s="68"/>
+    </row>
+    <row r="41" spans="1:11" s="86" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="81"/>
+      <c r="B41" s="82" t="s">
         <v>28</v>
       </c>
-      <c r="E41" s="11"/>
-[...18 lines deleted...]
-        <f>G9*C42</f>
+      <c r="C41" s="83" t="s">
+        <v>29</v>
+      </c>
+      <c r="D41" s="84" t="s">
+        <v>30</v>
+      </c>
+      <c r="E41" s="85"/>
+    </row>
+    <row r="42" spans="1:11" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B42" s="47">
+        <v>0.10075000000000001</v>
+      </c>
+      <c r="C42" s="19">
+        <v>6.2E-2</v>
+      </c>
+      <c r="D42" s="38"/>
+      <c r="E42" s="68"/>
+    </row>
+    <row r="43" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="9">
+        <f>F9*B42</f>
         <v>0</v>
       </c>
-      <c r="D43" s="9">
-        <f>G9*D42</f>
+      <c r="C43" s="10">
+        <f>F9*C42</f>
         <v>0</v>
       </c>
-      <c r="E43" s="11"/>
-[...26 lines deleted...]
-        <f>G9*B45</f>
+      <c r="D43" s="43">
+        <f>H9</f>
         <v>0</v>
       </c>
-      <c r="C46" s="18">
-[...8 lines deleted...]
-      <c r="B47" s="15" t="s">
+      <c r="E43" s="68"/>
+    </row>
+    <row r="44" spans="1:11" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B44" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="C47" s="16" t="s">
+      <c r="C44" s="83" t="s">
         <v>32</v>
       </c>
-      <c r="D47" s="16" t="s">
+      <c r="D44" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="E47" s="11"/>
-[...3 lines deleted...]
-      <c r="B48" s="9">
+      <c r="E44" s="68"/>
+    </row>
+    <row r="45" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B45" s="3">
         <f>B9*5</f>
         <v>0</v>
       </c>
-      <c r="C48" s="9">
+      <c r="C45" s="4">
         <f>B9*5</f>
         <v>0</v>
       </c>
-      <c r="D48" s="9">
+      <c r="D45" s="43">
         <f>B9*4.33</f>
         <v>0</v>
       </c>
-      <c r="E48" s="11"/>
-[...5 lines deleted...]
-      <c r="K49" s="12" t="s">
+      <c r="E45" s="68"/>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E46" s="68"/>
+      <c r="K46" s="64" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="50" spans="5:11" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="F52" s="11"/>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E47" s="68"/>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="E48" s="68"/>
+    </row>
+    <row r="49" spans="5:5" x14ac:dyDescent="0.25">
+      <c r="E49" s="68"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" selectLockedCells="1"/>
   <protectedRanges>
-    <protectedRange sqref="G10" name="Range1"/>
+    <protectedRange sqref="F10" name="Range1"/>
   </protectedRanges>
-  <mergeCells count="16">
-[...4 lines deleted...]
-    <mergeCell ref="B5:J5"/>
+  <mergeCells count="13">
+    <mergeCell ref="B1:K1"/>
+    <mergeCell ref="B5:K5"/>
+    <mergeCell ref="B4:K4"/>
+    <mergeCell ref="B3:K3"/>
+    <mergeCell ref="B28:J28"/>
+    <mergeCell ref="B26:K26"/>
+    <mergeCell ref="B27:K27"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="J7:K7"/>
+    <mergeCell ref="B7:D7"/>
     <mergeCell ref="B29:J29"/>
-    <mergeCell ref="B28:J28"/>
-[...8 lines deleted...]
-    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="D24:E24"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B31:D31" r:id="rId1" display="Parental leave is available for employees to receive paid time off work to nurture and bond following the birth or adoption of his or her child. Primary caregivers may receive up to six weeks of paid parental leave. Secondary caregivers may receive up to " xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="H8" r:id="rId1" display="Enter your MONTHLY contribution to MO Deferred Comp" xr:uid="{E1A52FD6-A7CB-4651-9527-5A5301A94E02}"/>
   </hyperlinks>
-  <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="18" orientation="landscape" r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="33" fitToWidth="0" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="4" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+      <c r="A1" s="11" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="33">
-        <f>Sheet1!G9</f>
+      <c r="B1" s="16">
+        <f>CALCULATOR!F9</f>
         <v>0</v>
       </c>
-      <c r="C1" s="34">
+      <c r="C1" s="17">
         <f>B1/$B$10</f>
         <v>0</v>
       </c>
-      <c r="D1" s="32"/>
+      <c r="D1" s="15"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" t="str">
+      <c r="A2" s="45" t="str">
         <f>"Medical Insurance ($"&amp;medical&amp;" the state pays)"</f>
-        <v>Medical Insurance ($413 the state pays)</v>
-[...5 lines deleted...]
-      <c r="C2" s="34">
+        <v>Medical Insurance ($529 the state pays)</v>
+      </c>
+      <c r="B2" s="16">
+        <v>478</v>
+      </c>
+      <c r="C2" s="17">
         <f>B2/$B$10</f>
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A3" t="str">
-[...4 lines deleted...]
-        <f>Sheet1!B46</f>
+      <c r="A3" s="45" t="str">
+        <f>"Retirement ("&amp;Pension&amp;"% the state pays)"</f>
+        <v>Retirement (10.075% the state pays)</v>
+      </c>
+      <c r="B3" s="16">
+        <f>CALCULATOR!B43</f>
         <v>0</v>
       </c>
-      <c r="C3" s="34">
+      <c r="C3" s="17">
         <f>B3/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" t="str">
-[...4 lines deleted...]
-        <f>Sheet1!C46</f>
+      <c r="A4" s="45" t="str">
+        <f>"Social Security* ("&amp;SocSec&amp;"% the state pays)"</f>
+        <v>Social Security* (6.2% the state pays)</v>
+      </c>
+      <c r="B4" s="16">
+        <f>CALCULATOR!C43</f>
         <v>0</v>
       </c>
-      <c r="C4" s="34">
+      <c r="C4" s="17">
         <f>B4/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" t="s">
+      <c r="A5" s="45" t="s">
         <v>36</v>
       </c>
-      <c r="B5" s="33">
-        <f>Sheet1!B40+Sheet1!C40+Sheet1!C43+Sheet1!D43+Sheet1!D40</f>
+      <c r="B5" s="16">
+        <f>CALCULATOR!B37+CALCULATOR!C37+CALCULATOR!C40+CALCULATOR!D40+CALCULATOR!D37+CALCULATOR!D43</f>
         <v>0</v>
       </c>
-      <c r="C5" s="34">
+      <c r="C5" s="17">
         <f>B5/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="24"/>
-[...1 lines deleted...]
-      <c r="C6" s="25"/>
+      <c r="A6" s="11"/>
+      <c r="B6" s="12"/>
+      <c r="C6" s="12"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C7" s="25"/>
+      <c r="C7" s="12"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B8" s="25"/>
-      <c r="C8" s="25"/>
+      <c r="A8" s="39"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="12"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B10" s="25">
+      <c r="B10" s="12">
         <f>SUM(B1:B8)</f>
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="C10" s="25">
+        <v>478</v>
+      </c>
+      <c r="C10" s="12">
         <f>SUM(B2:B6)</f>
-        <v>413</v>
+        <v>478</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C11" s="25">
-[...3 lines deleted...]
-      <c r="D11" s="25"/>
+      <c r="C11" s="16">
+        <f>CALCULATOR!F24</f>
+        <v>529</v>
+      </c>
+      <c r="D11" s="12"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C12" s="25">
+      <c r="C12" s="16">
         <f>SUM(C11-C10)</f>
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>38</v>
       </c>
-      <c r="C13" s="25"/>
-      <c r="E13" s="26"/>
+      <c r="C13" s="12"/>
+      <c r="E13" s="13"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14">
         <f>Retirement</f>
-        <v>0.115</v>
+        <v>0.10075000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16">
         <f>A14*A15</f>
-        <v>11.5</v>
+        <v>10.075000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18">
         <f>SS</f>
         <v>6.2E-2</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20">
         <f>A18*A19</f>
         <v>6.2</v>
       </c>
     </row>
     <row r="21" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A21" s="27"/>
+      <c r="A21" s="14"/>
     </row>
     <row r="22" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A22" s="27"/>
+      <c r="A22" s="14"/>
     </row>
     <row r="23" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A23" s="27"/>
+      <c r="A23" s="14"/>
     </row>
     <row r="24" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A24" s="27"/>
+      <c r="A24" s="14"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{780BD032-1E7A-40FA-8D60-64620F4466E9}">
+  <dimension ref="A1:M31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="23.28515625" style="93" customWidth="1"/>
+    <col min="2" max="2" width="21.85546875" style="93" customWidth="1"/>
+    <col min="3" max="8" width="16.28515625" style="91" customWidth="1"/>
+    <col min="9" max="9" width="13.28515625" style="91" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" style="91" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="9.140625" style="91"/>
+    <col min="14" max="16384" width="9.140625" style="92"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A1" s="121" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1" s="121"/>
+      <c r="C1" s="121"/>
+      <c r="D1" s="121"/>
+      <c r="E1" s="121"/>
+      <c r="F1" s="121"/>
+      <c r="G1" s="121"/>
+      <c r="H1" s="121"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A2" s="96" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" s="96"/>
+      <c r="C2" s="92"/>
+      <c r="D2" s="92"/>
+      <c r="E2" s="92"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="97" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" s="98" t="s">
+        <v>43</v>
+      </c>
+      <c r="C3" s="101">
+        <f t="shared" ref="C3:H3" si="0">C4/2080</f>
+        <v>16.10576923076923</v>
+      </c>
+      <c r="D3" s="101">
+        <f t="shared" si="0"/>
+        <v>19.23076923076923</v>
+      </c>
+      <c r="E3" s="101">
+        <f t="shared" si="0"/>
+        <v>21.634615384615383</v>
+      </c>
+      <c r="F3" s="101">
+        <f t="shared" si="0"/>
+        <v>24.03846153846154</v>
+      </c>
+      <c r="G3" s="101">
+        <f t="shared" si="0"/>
+        <v>28.846153846153847</v>
+      </c>
+      <c r="H3" s="101">
+        <f t="shared" si="0"/>
+        <v>33.653846153846153</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="97" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" s="98" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" s="105">
+        <v>33500</v>
+      </c>
+      <c r="D4" s="105">
+        <v>40000</v>
+      </c>
+      <c r="E4" s="105">
+        <v>45000</v>
+      </c>
+      <c r="F4" s="105">
+        <v>50000</v>
+      </c>
+      <c r="G4" s="105">
+        <v>60000</v>
+      </c>
+      <c r="H4" s="105">
+        <v>70000</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="92" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="102">
+        <v>4.7499999999999999E-3</v>
+      </c>
+      <c r="C5" s="101">
+        <v>11472</v>
+      </c>
+      <c r="D5" s="101">
+        <v>11472</v>
+      </c>
+      <c r="E5" s="101">
+        <v>11472</v>
+      </c>
+      <c r="F5" s="101">
+        <v>11472</v>
+      </c>
+      <c r="G5" s="101">
+        <v>11472</v>
+      </c>
+      <c r="H5" s="101">
+        <v>11472</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="92" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="102">
+        <v>4.4999999999999999E-4</v>
+      </c>
+      <c r="C6" s="91">
+        <f t="shared" ref="C6:H6" si="1">C4*$B$5</f>
+        <v>159.125</v>
+      </c>
+      <c r="D6" s="91">
+        <f t="shared" si="1"/>
+        <v>190</v>
+      </c>
+      <c r="E6" s="91">
+        <f t="shared" si="1"/>
+        <v>213.75</v>
+      </c>
+      <c r="F6" s="91">
+        <f t="shared" si="1"/>
+        <v>237.5</v>
+      </c>
+      <c r="G6" s="91">
+        <f t="shared" si="1"/>
+        <v>285</v>
+      </c>
+      <c r="H6" s="91">
+        <f t="shared" si="1"/>
+        <v>332.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="99" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" s="102">
+        <v>7.6499999999999999E-2</v>
+      </c>
+      <c r="C7" s="91">
+        <f t="shared" ref="C7:H7" si="2">((C4/1000)*$B$6)*24</f>
+        <v>0.36180000000000001</v>
+      </c>
+      <c r="D7" s="91">
+        <f t="shared" si="2"/>
+        <v>0.43199999999999994</v>
+      </c>
+      <c r="E7" s="91">
+        <f t="shared" si="2"/>
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="F7" s="91">
+        <f t="shared" si="2"/>
+        <v>0.54</v>
+      </c>
+      <c r="G7" s="91">
+        <f t="shared" si="2"/>
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="H7" s="91">
+        <f t="shared" si="2"/>
+        <v>0.75600000000000001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="92" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="102">
+        <v>0.10935</v>
+      </c>
+      <c r="C8" s="91">
+        <f t="shared" ref="C8:H8" si="3">C4*$B$7</f>
+        <v>2562.75</v>
+      </c>
+      <c r="D8" s="91">
+        <f t="shared" si="3"/>
+        <v>3060</v>
+      </c>
+      <c r="E8" s="91">
+        <f t="shared" si="3"/>
+        <v>3442.5</v>
+      </c>
+      <c r="F8" s="91">
+        <f t="shared" si="3"/>
+        <v>3825</v>
+      </c>
+      <c r="G8" s="91">
+        <f t="shared" si="3"/>
+        <v>4590</v>
+      </c>
+      <c r="H8" s="91">
+        <f t="shared" si="3"/>
+        <v>5355</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C9" s="91">
+        <f t="shared" ref="C9:H9" si="4">C4*$B$8</f>
+        <v>3663.2249999999999</v>
+      </c>
+      <c r="D9" s="91">
+        <f t="shared" si="4"/>
+        <v>4374</v>
+      </c>
+      <c r="E9" s="91">
+        <f t="shared" si="4"/>
+        <v>4920.75</v>
+      </c>
+      <c r="F9" s="91">
+        <f t="shared" si="4"/>
+        <v>5467.5</v>
+      </c>
+      <c r="G9" s="91">
+        <f t="shared" si="4"/>
+        <v>6561</v>
+      </c>
+      <c r="H9" s="91">
+        <f t="shared" si="4"/>
+        <v>7654.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C10" s="101">
+        <f t="shared" ref="C10:H10" si="5">SUM(C4:C9)</f>
+        <v>51357.461799999997</v>
+      </c>
+      <c r="D10" s="101">
+        <f t="shared" si="5"/>
+        <v>59096.432000000001</v>
+      </c>
+      <c r="E10" s="101">
+        <f t="shared" si="5"/>
+        <v>65049.485999999997</v>
+      </c>
+      <c r="F10" s="101">
+        <f t="shared" si="5"/>
+        <v>71002.540000000008</v>
+      </c>
+      <c r="G10" s="101">
+        <f t="shared" si="5"/>
+        <v>82908.648000000001</v>
+      </c>
+      <c r="H10" s="101">
+        <f t="shared" si="5"/>
+        <v>94814.755999999994</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C11" s="104">
+        <f t="shared" ref="C11:H11" si="6">C10/2080</f>
+        <v>24.691087403846154</v>
+      </c>
+      <c r="D11" s="104">
+        <f t="shared" si="6"/>
+        <v>28.411746153846153</v>
+      </c>
+      <c r="E11" s="104">
+        <f t="shared" si="6"/>
+        <v>31.273791346153846</v>
+      </c>
+      <c r="F11" s="104">
+        <f t="shared" si="6"/>
+        <v>34.13583653846154</v>
+      </c>
+      <c r="G11" s="104">
+        <f t="shared" si="6"/>
+        <v>39.859926923076927</v>
+      </c>
+      <c r="H11" s="104">
+        <f t="shared" si="6"/>
+        <v>45.584017307692307</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="96" t="s">
+        <v>48</v>
+      </c>
+      <c r="B12" s="96"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C13" s="101">
+        <f t="shared" ref="C13:H13" si="7">C14/2080</f>
+        <v>19.076423076923078</v>
+      </c>
+      <c r="D13" s="101">
+        <f t="shared" si="7"/>
+        <v>20.602499999999999</v>
+      </c>
+      <c r="E13" s="101">
+        <f t="shared" si="7"/>
+        <v>22.25076923076923</v>
+      </c>
+      <c r="F13" s="101">
+        <f t="shared" si="7"/>
+        <v>24.030807692307693</v>
+      </c>
+      <c r="G13" s="101">
+        <f t="shared" si="7"/>
+        <v>24.475846153846156</v>
+      </c>
+      <c r="H13" s="101">
+        <f t="shared" si="7"/>
+        <v>26.433923076923076</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C14" s="105">
+        <v>39678.959999999999</v>
+      </c>
+      <c r="D14" s="105">
+        <v>42853.2</v>
+      </c>
+      <c r="E14" s="105">
+        <v>46281.599999999999</v>
+      </c>
+      <c r="F14" s="105">
+        <v>49984.08</v>
+      </c>
+      <c r="G14" s="105">
+        <v>50909.760000000002</v>
+      </c>
+      <c r="H14" s="105">
+        <v>54982.559999999998</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="103">
+        <v>4.7499999999999999E-3</v>
+      </c>
+      <c r="B15" s="94"/>
+      <c r="C15" s="101">
+        <v>11472</v>
+      </c>
+      <c r="D15" s="101">
+        <v>11472</v>
+      </c>
+      <c r="E15" s="101">
+        <v>11472</v>
+      </c>
+      <c r="F15" s="101">
+        <v>11472</v>
+      </c>
+      <c r="G15" s="101">
+        <v>11472</v>
+      </c>
+      <c r="H15" s="101">
+        <v>11472</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="103">
+        <v>4.4999999999999999E-4</v>
+      </c>
+      <c r="B16" s="95"/>
+      <c r="C16" s="91">
+        <f t="shared" ref="C16:H16" si="8">C14*$B$5</f>
+        <v>188.47505999999998</v>
+      </c>
+      <c r="D16" s="91">
+        <f t="shared" si="8"/>
+        <v>203.55269999999999</v>
+      </c>
+      <c r="E16" s="91">
+        <f t="shared" si="8"/>
+        <v>219.83759999999998</v>
+      </c>
+      <c r="F16" s="91">
+        <f t="shared" si="8"/>
+        <v>237.42438000000001</v>
+      </c>
+      <c r="G16" s="91">
+        <f t="shared" si="8"/>
+        <v>241.82136</v>
+      </c>
+      <c r="H16" s="91">
+        <f t="shared" si="8"/>
+        <v>261.16715999999997</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="103">
+        <v>7.6499999999999999E-2</v>
+      </c>
+      <c r="B17" s="94"/>
+      <c r="C17" s="91">
+        <f t="shared" ref="C17:H17" si="9">((C14/1000)*$B$6)*24</f>
+        <v>0.42853276799999995</v>
+      </c>
+      <c r="D17" s="91">
+        <f t="shared" si="9"/>
+        <v>0.46281455999999987</v>
+      </c>
+      <c r="E17" s="91">
+        <f t="shared" si="9"/>
+        <v>0.49984128</v>
+      </c>
+      <c r="F17" s="91">
+        <f t="shared" si="9"/>
+        <v>0.53982806399999994</v>
+      </c>
+      <c r="G17" s="91">
+        <f t="shared" si="9"/>
+        <v>0.5498254079999999</v>
+      </c>
+      <c r="H17" s="91">
+        <f t="shared" si="9"/>
+        <v>0.59381164799999997</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="103">
+        <v>0.10935</v>
+      </c>
+      <c r="B18" s="94"/>
+      <c r="C18" s="91">
+        <f t="shared" ref="C18:H18" si="10">C14*$B$7</f>
+        <v>3035.4404399999999</v>
+      </c>
+      <c r="D18" s="91">
+        <f t="shared" si="10"/>
+        <v>3278.2697999999996</v>
+      </c>
+      <c r="E18" s="91">
+        <f t="shared" si="10"/>
+        <v>3540.5423999999998</v>
+      </c>
+      <c r="F18" s="91">
+        <f t="shared" si="10"/>
+        <v>3823.7821199999998</v>
+      </c>
+      <c r="G18" s="91">
+        <f t="shared" si="10"/>
+        <v>3894.5966400000002</v>
+      </c>
+      <c r="H18" s="91">
+        <f t="shared" si="10"/>
+        <v>4206.1658399999997</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C19" s="91">
+        <f t="shared" ref="C19:H19" si="11">C14*$B$8</f>
+        <v>4338.894276</v>
+      </c>
+      <c r="D19" s="91">
+        <f t="shared" si="11"/>
+        <v>4685.9974199999997</v>
+      </c>
+      <c r="E19" s="91">
+        <f t="shared" si="11"/>
+        <v>5060.8929600000001</v>
+      </c>
+      <c r="F19" s="91">
+        <f t="shared" si="11"/>
+        <v>5465.7591480000001</v>
+      </c>
+      <c r="G19" s="91">
+        <f t="shared" si="11"/>
+        <v>5566.9822560000002</v>
+      </c>
+      <c r="H19" s="91">
+        <f t="shared" si="11"/>
+        <v>6012.342936</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C20" s="101">
+        <f t="shared" ref="C20:H20" si="12">SUM(C14:C19)</f>
+        <v>58714.198308767991</v>
+      </c>
+      <c r="D20" s="101">
+        <f t="shared" si="12"/>
+        <v>62493.482734559999</v>
+      </c>
+      <c r="E20" s="101">
+        <f t="shared" si="12"/>
+        <v>66575.372801279998</v>
+      </c>
+      <c r="F20" s="101">
+        <f t="shared" si="12"/>
+        <v>70983.585476063992</v>
+      </c>
+      <c r="G20" s="101">
+        <f t="shared" si="12"/>
+        <v>72085.710081408004</v>
+      </c>
+      <c r="H20" s="101">
+        <f t="shared" si="12"/>
+        <v>76934.829747647993</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C21" s="104">
+        <f t="shared" ref="C21:H21" si="13">C20/2080</f>
+        <v>28.227979956138459</v>
+      </c>
+      <c r="D21" s="104">
+        <f t="shared" si="13"/>
+        <v>30.044943622384615</v>
+      </c>
+      <c r="E21" s="104">
+        <f t="shared" si="13"/>
+        <v>32.007390769846154</v>
+      </c>
+      <c r="F21" s="104">
+        <f t="shared" si="13"/>
+        <v>34.126723786569229</v>
+      </c>
+      <c r="G21" s="104">
+        <f t="shared" si="13"/>
+        <v>34.656591385292309</v>
+      </c>
+      <c r="H21" s="104">
+        <f t="shared" si="13"/>
+        <v>36.987898917138459</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="96" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" s="96"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C23" s="101">
+        <f t="shared" ref="C23:H23" si="14">C24/2080</f>
+        <v>30.437307692307691</v>
+      </c>
+      <c r="D23" s="101">
+        <f t="shared" si="14"/>
+        <v>32.872269230769234</v>
+      </c>
+      <c r="E23" s="101">
+        <f t="shared" si="14"/>
+        <v>35.502000000000002</v>
+      </c>
+      <c r="F23" s="101">
+        <f t="shared" si="14"/>
+        <v>38.342192307692308</v>
+      </c>
+      <c r="G23" s="101">
+        <f t="shared" si="14"/>
+        <v>41.409576923076919</v>
+      </c>
+      <c r="H23" s="101">
+        <f t="shared" si="14"/>
+        <v>44.722384615384613</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C24" s="106">
+        <v>63309.599999999999</v>
+      </c>
+      <c r="D24" s="106">
+        <v>68374.320000000007</v>
+      </c>
+      <c r="E24" s="106">
+        <v>73844.160000000003</v>
+      </c>
+      <c r="F24" s="106">
+        <v>79751.759999999995</v>
+      </c>
+      <c r="G24" s="106">
+        <v>86131.92</v>
+      </c>
+      <c r="H24" s="106">
+        <v>93022.56</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="103">
+        <v>4.7499999999999999E-3</v>
+      </c>
+      <c r="B25" s="94"/>
+      <c r="C25" s="101">
+        <v>11472</v>
+      </c>
+      <c r="D25" s="101">
+        <v>11472</v>
+      </c>
+      <c r="E25" s="101">
+        <v>11472</v>
+      </c>
+      <c r="F25" s="101">
+        <v>11472</v>
+      </c>
+      <c r="G25" s="101">
+        <v>11472</v>
+      </c>
+      <c r="H25" s="101">
+        <v>11472</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="103">
+        <v>4.4999999999999999E-4</v>
+      </c>
+      <c r="B26" s="95"/>
+      <c r="C26" s="91">
+        <f t="shared" ref="C26:H26" si="15">C24*$B$5</f>
+        <v>300.72059999999999</v>
+      </c>
+      <c r="D26" s="91">
+        <f t="shared" si="15"/>
+        <v>324.77802000000003</v>
+      </c>
+      <c r="E26" s="91">
+        <f t="shared" si="15"/>
+        <v>350.75976000000003</v>
+      </c>
+      <c r="F26" s="91">
+        <f t="shared" si="15"/>
+        <v>378.82085999999998</v>
+      </c>
+      <c r="G26" s="91">
+        <f t="shared" si="15"/>
+        <v>409.12662</v>
+      </c>
+      <c r="H26" s="91">
+        <f t="shared" si="15"/>
+        <v>441.85715999999996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="103">
+        <v>7.6499999999999999E-2</v>
+      </c>
+      <c r="B27" s="94"/>
+      <c r="C27" s="91">
+        <f t="shared" ref="C27:H27" si="16">((C24/1000)*$B$6)*24</f>
+        <v>0.68374367999999996</v>
+      </c>
+      <c r="D27" s="91">
+        <f t="shared" si="16"/>
+        <v>0.73844265600000014</v>
+      </c>
+      <c r="E27" s="91">
+        <f t="shared" si="16"/>
+        <v>0.79751692800000007</v>
+      </c>
+      <c r="F27" s="91">
+        <f t="shared" si="16"/>
+        <v>0.86131900799999994</v>
+      </c>
+      <c r="G27" s="91">
+        <f t="shared" si="16"/>
+        <v>0.930224736</v>
+      </c>
+      <c r="H27" s="91">
+        <f t="shared" si="16"/>
+        <v>1.0046436480000001</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="103">
+        <v>0.10935</v>
+      </c>
+      <c r="B28" s="94"/>
+      <c r="C28" s="91">
+        <f t="shared" ref="C28:H28" si="17">C24*$B$7</f>
+        <v>4843.1844000000001</v>
+      </c>
+      <c r="D28" s="91">
+        <f t="shared" si="17"/>
+        <v>5230.6354800000008</v>
+      </c>
+      <c r="E28" s="91">
+        <f t="shared" si="17"/>
+        <v>5649.0782399999998</v>
+      </c>
+      <c r="F28" s="91">
+        <f t="shared" si="17"/>
+        <v>6101.0096399999993</v>
+      </c>
+      <c r="G28" s="91">
+        <f t="shared" si="17"/>
+        <v>6589.0918799999999</v>
+      </c>
+      <c r="H28" s="91">
+        <f t="shared" si="17"/>
+        <v>7116.2258400000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C29" s="91">
+        <f t="shared" ref="C29:H29" si="18">C24*$B$8</f>
+        <v>6922.9047600000004</v>
+      </c>
+      <c r="D29" s="91">
+        <f t="shared" si="18"/>
+        <v>7476.7318920000007</v>
+      </c>
+      <c r="E29" s="91">
+        <f t="shared" si="18"/>
+        <v>8074.8588960000006</v>
+      </c>
+      <c r="F29" s="91">
+        <f t="shared" si="18"/>
+        <v>8720.8549559999992</v>
+      </c>
+      <c r="G29" s="91">
+        <f t="shared" si="18"/>
+        <v>9418.5254519999999</v>
+      </c>
+      <c r="H29" s="91">
+        <f t="shared" si="18"/>
+        <v>10172.016936</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C30" s="101">
+        <f t="shared" ref="C30:H30" si="19">SUM(C24:C29)</f>
+        <v>86849.093503680007</v>
+      </c>
+      <c r="D30" s="101">
+        <f t="shared" si="19"/>
+        <v>92879.203834656</v>
+      </c>
+      <c r="E30" s="101">
+        <f t="shared" si="19"/>
+        <v>99391.654412928008</v>
+      </c>
+      <c r="F30" s="101">
+        <f t="shared" si="19"/>
+        <v>106425.30677500801</v>
+      </c>
+      <c r="G30" s="101">
+        <f t="shared" si="19"/>
+        <v>114021.59417673599</v>
+      </c>
+      <c r="H30" s="101">
+        <f t="shared" si="19"/>
+        <v>122225.664579648</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C31" s="104">
+        <f t="shared" ref="C31:H31" si="20">C30/2080</f>
+        <v>41.754371876769234</v>
+      </c>
+      <c r="D31" s="104">
+        <f t="shared" si="20"/>
+        <v>44.653463382046155</v>
+      </c>
+      <c r="E31" s="104">
+        <f t="shared" si="20"/>
+        <v>47.784449236984621</v>
+      </c>
+      <c r="F31" s="104">
+        <f t="shared" si="20"/>
+        <v>51.166012872600007</v>
+      </c>
+      <c r="G31" s="104">
+        <f t="shared" si="20"/>
+        <v>54.818074123430762</v>
+      </c>
+      <c r="H31" s="104">
+        <f t="shared" si="20"/>
+        <v>58.762338740215384</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:H1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006CAFE0FA6E91614785C76E9FC278D0BE" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="54eae604bdde8823106f6ac313014b0a">
-[...2 lines deleted...]
-    <xsd:import namespace="0060a662-2d40-41b0-ac08-1ffe382cb8fb"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006FF72A108D9D03499E06840599D137B5" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4646248ac0ecaee6f6fd269cdd78debc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="86db4b18-1080-4135-b7eb-ef8c332503aa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5af493d464401214e3cd10f0212ba0d" ns1:_="" ns2:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="86db4b18-1080-4135-b7eb-ef8c332503aa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...8 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3e514642-6748-4eae-bf46-beba512cbe93" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...16 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="15" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="16" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="86db4b18-1080-4135-b7eb-ef8c332503aa" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="17" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...31 lines deleted...]
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
@@ -3357,141 +4623,159 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B I D A A B Q S w M E F A A C A A g A c m c J V 9 h e i d O i A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L X U x 5 F E H V 0 l M i M a 1 K R U a 4 W F o s f y b g 5 / k L 4 h R 1 M 3 x n n u G e + / X G 6 z G t o k u p n e 2 w 4 w k l J P I o O 5 K i 1 V G B n + M l 2 Q l Y a v 0 S V U m m m R 0 6 e j K j N T e n 1 P G Q g g 0 L G j X V 0 x w n r B D v i l 0 b V p F P r L 9 L 8 c W n V e o D Z G w f 4 2 R g i Z c U M G n T c B m C L n F r y C m 7 t n + Q F g P j R 9 6 I w 3 G u w L Y H I G 9 P 8 g H U E s D B B Q A A g A I A H J n C V c P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A B y Z w l X 2 F 6 J 0 6 I A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A c m c J V w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 7 g A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D f A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 6 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A E x O F g 0 c m d 0 O o A G E 6 m o A Q A w A A A A A C A A A A A A A D Z g A A w A A A A B A A A A B P N I U J q 7 Z I a l 0 7 b t 1 c 9 A i f A A A A A A S A A A C g A A A A E A A A A G X E w W / n M W D W o R n h k + 3 M Q j B Q A A A A 6 X k 9 9 6 e s o k x B t P x p Q T Y X 4 W u M A / I c h 9 D k x j w j q 8 q M 7 C f U J W d z O V q 9 4 + p 4 B g 1 H z R 4 W e k 3 H T D U d k f 0 y 7 W c D D o Z H W O O Z s i 3 t w d 6 n H C Z K d Z 0 n j 5 Q U A A A A K 3 I U A W e b D M b H g 9 K m g J M 7 l M b N y 6 w = < / D a t a M a s h u p > 
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7185CDD-8C04-4AA1-82F0-899240A5ECE6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE427892-A916-442C-9683-526C4D31C8AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="3e514642-6748-4eae-bf46-beba512cbe93"/>
-    <ds:schemaRef ds:uri="0060a662-2d40-41b0-ac08-1ffe382cb8fb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="86db4b18-1080-4135-b7eb-ef8c332503aa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB314C80-FC81-4B98-8349-5D4C022EE4B2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0B6FBEE-1D42-4E8F-B7C4-9713AE920FAF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0B6FBEE-1D42-4E8F-B7C4-9713AE920FAF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB314C80-FC81-4B98-8349-5D4C022EE4B2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A63301D-AE67-4AEA-AB9A-9EB4BDAAD006}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Sheet2</vt:lpstr>
+    <vt:vector size="11" baseType="lpstr">
+      <vt:lpstr>CALCULATOR</vt:lpstr>
+      <vt:lpstr>LEGEND</vt:lpstr>
+      <vt:lpstr>EXAMPLES</vt:lpstr>
       <vt:lpstr>Contribution</vt:lpstr>
       <vt:lpstr>medical</vt:lpstr>
+      <vt:lpstr>Medical_Insurance____208_the_state_pays</vt:lpstr>
+      <vt:lpstr>Medical_Insurance___414_the_state_pays</vt:lpstr>
       <vt:lpstr>Pension</vt:lpstr>
       <vt:lpstr>Retirement</vt:lpstr>
       <vt:lpstr>SocSec</vt:lpstr>
       <vt:lpstr>SS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lisa Verslues</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101006CAFE0FA6E91614785C76E9FC278D0BE</vt:lpwstr>
+    <vt:lpwstr>0x0101006FF72A108D9D03499E06840599D137B5</vt:lpwstr>
   </property>
 </Properties>
 </file>