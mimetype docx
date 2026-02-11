--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -446,71 +446,71 @@
               </w:rPr>
               <w:t>MSE Wall</w:t>
             </w:r>
             <w:r w:rsidRPr="008D32A2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> System</w:t>
             </w:r>
             <w:r w:rsidR="00F135CA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>, contact information and address</w:t>
             </w:r>
             <w:r w:rsidRPr="008D32A2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675543A9" w14:textId="79E527B1" w:rsidR="008D32A2" w:rsidRPr="008D32A2" w:rsidRDefault="00000000" w:rsidP="00E17E22">
+          <w:p w14:paraId="675543A9" w14:textId="77777777" w:rsidR="008D32A2" w:rsidRPr="008D32A2" w:rsidRDefault="00000000" w:rsidP="00E17E22">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5268"/>
               </w:tabs>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2028166529"/>
                 <w:placeholder>
                   <w:docPart w:val="C8C4EA6F491C49BCB9DEE47E6DF24FA6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00081282" w:rsidRPr="00B46D1C">
+                <w:r w:rsidR="008D32A2" w:rsidRPr="008D32A2">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008D32A2" w:rsidRPr="008D32A2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF66"/>
           </w:tcPr>
           <w:p w14:paraId="675543AA" w14:textId="77777777" w:rsidR="008D32A2" w:rsidRDefault="008D32A2" w:rsidP="008D32A2">
             <w:pPr>
               <w:tabs>
@@ -956,98 +956,153 @@
             <w:r w:rsidRPr="00352E40">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003A7396">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Indicate category of pre</w:t>
             </w:r>
             <w:r w:rsidRPr="00352E40">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>qualification requested.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675543B8" w14:textId="77777777" w:rsidR="00D01C2A" w:rsidRPr="00352E40" w:rsidRDefault="00D01C2A" w:rsidP="00D01C2A">
+          <w:p w14:paraId="675543B8" w14:textId="6BA460FF" w:rsidR="00D01C2A" w:rsidRPr="00352E40" w:rsidRDefault="00FD33E1" w:rsidP="00D01C2A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="900"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Precast modular panel wall (PMPW-MSE) systems</w:t>
+            </w:r>
             <w:r w:rsidRPr="00352E40">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Large Block Wall Systems</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="675543B9" w14:textId="77777777" w:rsidR="00751D1F" w:rsidRDefault="00D01C2A" w:rsidP="00256FC3">
+          <w:p w14:paraId="675543B9" w14:textId="1C29F5A6" w:rsidR="00751D1F" w:rsidRDefault="00E31152" w:rsidP="00256FC3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="900"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk153517016"/>
+            <w:r w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drycast modular block wall </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(DMBW-MSE) systems</w:t>
+            </w:r>
             <w:r w:rsidRPr="00352E40">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Small Block Wall Systems</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C41A675" w14:textId="007BE5EF" w:rsidR="00180AE5" w:rsidRDefault="00D429C9" w:rsidP="00256FC3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="underscore" w:pos="900"/>
+                <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
+              </w:tabs>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wetcast modular block wall (WMBW-MSE) systems</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="675543BA" w14:textId="77777777" w:rsidR="00684BA5" w:rsidRPr="00352E40" w:rsidRDefault="00684BA5" w:rsidP="00684BA5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="900"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="675543BB" w14:textId="77777777" w:rsidR="00D01C2A" w:rsidRPr="00352E40" w:rsidRDefault="00D01C2A" w:rsidP="00D01C2A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="underscore" w:pos="900"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2449,63 +2504,131 @@
               </w:tcPr>
               <w:p w14:paraId="675543EA" w14:textId="77777777" w:rsidR="005C752B" w:rsidRPr="00352E40" w:rsidRDefault="005C752B" w:rsidP="008D32A2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675543EB" w14:textId="77777777" w:rsidR="005C752B" w:rsidRDefault="00BF6B14" w:rsidP="00BF6B14">
+          <w:p w14:paraId="675543EB" w14:textId="623E43BC" w:rsidR="005C752B" w:rsidRDefault="00BF6B14" w:rsidP="00BF6B14">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF6B14">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>9. Small block walls shall undergo tests to determine pullout resistance and strength of block/reinforcement facing connections in accordance with NCMA SRWU-1 or as modified in Appendix A of FHWA Publication No. FHWA SA-96-071. Small block walls shall undergo tests to determine inter-unit shear capacity in accordance with NCMA SRWU-2.  If different testing is performed, then indicate how the test is equal to the testing indicated above.</w:t>
+              <w:t xml:space="preserve">9. </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2891" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drycast </w:t>
+            </w:r>
+            <w:r w:rsidR="001454BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and wetcast </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2891" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modular</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF6B14">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> block walls shall undergo tests to determine pullout resistance and strength of block/reinforcement facing connections in accordance with NCMA SRWU-1 or as modified in Appendix A of FHWA Publication No. FHWA SA-96-071. </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2891" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drycast </w:t>
+            </w:r>
+            <w:r w:rsidR="001454BD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and wetcast </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2891" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modular</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF6B14">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> block walls shall undergo tests to determine inter-unit shear capacity in accordance with NCMA SRWU-2.  If different testing is performed, then indicate how the test is equal to the testing indicated above.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="675543EC" w14:textId="77777777" w:rsidR="00BF6B14" w:rsidRDefault="00BF6B14" w:rsidP="00BF6B14">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="675543ED" w14:textId="77777777" w:rsidR="00BF6B14" w:rsidRPr="00352E40" w:rsidRDefault="00BF6B14" w:rsidP="00BF6B14">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:sdt>
@@ -3891,51 +4014,51 @@
               </w:tcPr>
               <w:p w14:paraId="6755441B" w14:textId="77777777" w:rsidR="005C752B" w:rsidRPr="00352E40" w:rsidRDefault="00BF6B14" w:rsidP="008D32A2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6755441C" w14:textId="6055940A" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
+          <w:p w14:paraId="6755441C" w14:textId="132D5C03" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16. Provide details of wall elements including reinforcing steel and clearances to reinforcing steel. Provide details of connection between wall elements and soil reinforcement</w:t>
             </w:r>
             <w:r w:rsidR="0069319C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidR="00F5431E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3952,65 +4075,136 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r w:rsidR="0069319C">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> corner </w:t>
             </w:r>
             <w:r w:rsidR="003A27FD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>section</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Indicate the allowable range of wall batter. (MoDOT’s Large Block Wall Systems are required </w:t>
+              <w:t xml:space="preserve">. Indicate the allowable range of wall batter. (MoDOT’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00514692">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF712B" w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recast modular panel wall systems</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA72E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are required </w:t>
             </w:r>
             <w:r w:rsidR="003A27FD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">be vertical walls.  Each unit of a Large Block Wall System shall have an engineered mechanical anchorage as the primary method of support without relying on shear friction between wall units.  This requirement is intended to address concerns with the difficulty of future </w:t>
+              <w:t xml:space="preserve">be vertical walls.  Each unit of a </w:t>
+            </w:r>
+            <w:r w:rsidR="0016407F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="0016407F" w:rsidRPr="00862084">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recast modular panel</w:t>
+            </w:r>
+            <w:r w:rsidR="0016407F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003E6439">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">wall </w:t>
+            </w:r>
+            <w:r w:rsidR="006A1917">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>system</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA72E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall have an engineered mechanical anchorage as the primary method of support without relying on shear friction between wall units.  This requirement is intended to address concerns with the difficulty of future </w:t>
             </w:r>
             <w:r w:rsidR="003A27FD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>panel replacements/</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>repairs.)</w:t>
             </w:r>
             <w:r w:rsidR="00333025">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provide cross section details for </w:t>
             </w:r>
             <w:r w:rsidR="003A27FD">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -4240,106 +4434,106 @@
               </w:tcPr>
               <w:p w14:paraId="67554422" w14:textId="23A89914" w:rsidR="005C752B" w:rsidRPr="00352E40" w:rsidRDefault="00FC1490" w:rsidP="008D32A2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67554423" w14:textId="61BF0BE9" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
+          <w:p w14:paraId="67554423" w14:textId="3292DB5F" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Provide design calculations for typical applications in conformance with latest AASHTO </w:t>
+              <w:t>17. Provide design calculations for typical applications in conformance with latest AASHTO LRFD Bridge Design Specifications</w:t>
+            </w:r>
+            <w:r w:rsidR="00F5431E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for nonseismic and seismic load combination</w:t>
             </w:r>
             <w:r w:rsidR="003A27FD">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>S</w:t>
+              <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">pecifications (Standard Specifications for Highway Bridges, 17th Ed., and </w:t>
+              <w:t xml:space="preserve">. Include calculations for the analysis of the elements and connections </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>AASHTO LRFD Bridge Design Specifications)</w:t>
-[...13 lines deleted...]
-              <w:t>s</w:t>
+              <w:t xml:space="preserve">including factored loads, </w:t>
+            </w:r>
+            <w:r w:rsidR="00767331">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">factored </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. Include calculations for the analysis of the elements and connections including loads and factors of safety used in the design (Standard Specifications for Highway Bridges, 17th Ed.). Include calculations for the analysis of the elements and connections including factored loads, nominal bearing resistance, and resistance factors used in the design (AASHTO LRFD Bridge Design Specifications).  Describe any unique design criteria, assumptions, or special considerations used in the design calculations.  If computer analysis is included, then computer input/output must be supported by detailed hand calculations indicating analysis and detailed equations used to support the output.</w:t>
+              <w:t>nominal bearing resistance, and resistance factors used in the design (AASHTO LRFD Bridge Design Specifications).  Describe any unique design criteria, assumptions, or special considerations used in the design calculations.  If computer analysis is included, then computer input/output must be supported by detailed hand calculations indicating analysis and detailed equations used to support the output.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67554424" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67554425" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRPr="00352E40" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:sdt>
@@ -4666,63 +4860,95 @@
               </w:tcPr>
               <w:p w14:paraId="67554430" w14:textId="77777777" w:rsidR="005C752B" w:rsidRPr="00352E40" w:rsidRDefault="00BF6B14" w:rsidP="008D32A2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67554431" w14:textId="4E1D3F44" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
+          <w:p w14:paraId="67554431" w14:textId="3ABC7069" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>19. Provide details of coping and the method of attachment for both horizontal and sloping surfaces.  In some cases, coping is specified at the top of large block (panel) walls for aesthetic reasons. This may be precast or cast in place.</w:t>
+              <w:t xml:space="preserve">19. Provide details of coping and the method of attachment for both horizontal and sloping surfaces.  In some cases, coping is specified at the top of </w:t>
+            </w:r>
+            <w:r w:rsidR="004360EA">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="004360EA" w:rsidRPr="00862084">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recast modular panel</w:t>
+            </w:r>
+            <w:r w:rsidR="004360EA">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA72E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> walls for aesthetic reasons. This may be precast or cast in place.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67554432" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67554433" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRPr="00352E40" w:rsidRDefault="00CA72E0" w:rsidP="00256FC3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:sdt>
@@ -4847,92 +5073,233 @@
               </w:tcPr>
               <w:p w14:paraId="67554437" w14:textId="77777777" w:rsidR="005C752B" w:rsidRPr="00352E40" w:rsidRDefault="00E723E1" w:rsidP="008D32A2">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="794DEBD3" w14:textId="77777777" w:rsidR="007A77A2" w:rsidRDefault="00CA72E0" w:rsidP="00CA72E0">
+          <w:p w14:paraId="794DEBD3" w14:textId="7646FD18" w:rsidR="007A77A2" w:rsidRDefault="00CA72E0" w:rsidP="00CA72E0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Small block walls are required to have top cap units for aesthetic reasons. These may be precast or cast in place. Provide details of the top cap unit and the resin anchor system which permanently attaches the units (see Bridge Standard Drawing: MSE Walls – </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007A77A2">
+              <w:t xml:space="preserve">20. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE08C8" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Drycast </w:t>
+            </w:r>
+            <w:r w:rsidR="0088078F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and wetcast </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE08C8" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">modular </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA72E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> block walls are required to have top cap units for aesthetic reasons. These may be precast or cast in place. Provide details of the top cap unit and the resin anchor system which permanently attaches the units (see </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D171F5">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bridge Standard Drawing: MSE Walls – </w:t>
+            </w:r>
+            <w:r w:rsidR="007A77A2" w:rsidRPr="00D171F5">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MSEW</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67554438" w14:textId="3A26B080" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00CA72E0">
+          <w:bookmarkStart w:id="1" w:name="_Hlk189721820"/>
+          <w:p w14:paraId="6D699DF5" w14:textId="59924339" w:rsidR="005A3188" w:rsidRPr="00B04B09" w:rsidRDefault="0087741A" w:rsidP="00CA72E0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "https://www.modot.org/bridge-standard-drawings"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0047201D">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>https://www.modot.org/bridge-standard-drawings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00550121" w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00423820" w:rsidRPr="00B04B09">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67554438" w14:textId="5F78D34E" w:rsidR="005C752B" w:rsidRDefault="00CA72E0" w:rsidP="00CA72E0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CA72E0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ttp://www.modot.org/business/standard_drawings2/mse_wall_new_title_block.htm). A resin anchor system is required for small block walls.</w:t>
+              <w:t xml:space="preserve"> A resin anchor system is required for </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE37B2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9495D" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rycast </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9495D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and wetcast </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9495D" w:rsidRPr="003A615C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>modular</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA72E0">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> block walls.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67554439" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRDefault="00CA72E0" w:rsidP="00CA72E0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6755443A" w14:textId="77777777" w:rsidR="00CA72E0" w:rsidRPr="00352E40" w:rsidRDefault="003E45D3" w:rsidP="00CA72E0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:sdt>
@@ -5617,242 +5984,311 @@
     </w:p>
     <w:p w14:paraId="6755444E" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6755444F" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>For Engineering Policy Guide, see link</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67554450" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00000000" w:rsidP="00323DFF">
+    <w:p w14:paraId="67554450" w14:textId="4225CC0B" w:rsidR="00323DFF" w:rsidRDefault="00000000" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00323DFF">
+        <w:r w:rsidR="00E75BC2" w:rsidRPr="00E75BC2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>http://epg.modot.org/index.php?title=751.24_LFD_Retaining_Walls</w:t>
+          <w:t>http://epg.modot.org/index.php?title=751.24_Retaining_Walls</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2035F472" w14:textId="77777777" w:rsidR="00BA5A4B" w:rsidRPr="00BA5A4B" w:rsidRDefault="00000000" w:rsidP="00BA5A4B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00BA5A4B" w:rsidRPr="00BA5A4B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b w:val="0"/>
           </w:rPr>
           <w:t>http://epg.modot.org/index.php?title=Category:720_Mechanically_Stabilized_Earth_Wall_Systems</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="67554451" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67554452" w14:textId="7FE2D13F" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="349DCF2C" w14:textId="77777777" w:rsidR="0020738A" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridge Standard Drawing see: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">MSE Walls – </w:t>
       </w:r>
       <w:r w:rsidR="000F0688">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>MSEW</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="67554452" w14:textId="3F11995D" w:rsidR="00323DFF" w:rsidRDefault="00000000" w:rsidP="00323DFF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00FC1490" w:rsidRPr="00C10CAC">
+        <w:r w:rsidR="0020738A" w:rsidRPr="0047201D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>http://www.modot.org/business/standard_drawings2/mse_wall_new_title_block.htm</w:t>
+          <w:t>https://www.modot.org/bridge-standard-drawings</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="0020738A" w:rsidRPr="0047201D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0020738A" w:rsidRPr="0047201D" w:rsidDel="0020738A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0837AEB6" w14:textId="77777777" w:rsidR="00E1747D" w:rsidRDefault="00E1747D" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67554454" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="67554454" w14:textId="049140FF" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>For gutter detail, see attached files:</w:t>
+        <w:t xml:space="preserve">For gutter detail, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00F161DD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67554455" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00000000" w:rsidP="00323DFF">
+    <w:p w14:paraId="1F2F99D8" w14:textId="456A4E50" w:rsidR="00F161DD" w:rsidRPr="008B470F" w:rsidRDefault="00000000" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:color w:val="990099"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00323DFF">
+        <w:r w:rsidR="00052AF7" w:rsidRPr="008B470F">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="990099"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>Type A and B Gutter</w:t>
-[...13 lines deleted...]
-          <w:t>Modified Type A and B Gutter</w:t>
+          <w:t>Standard Plans Section 600 | Missouri Department of Transportation</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67554456" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="67554455" w14:textId="0C7F6175" w:rsidR="00323DFF" w:rsidRPr="00E03E20" w:rsidRDefault="00C97213" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>(P</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70403">
+        <w:t xml:space="preserve">df file </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3C25">
+        <w:t xml:space="preserve">609.00 for </w:t>
+      </w:r>
+      <w:r w:rsidR="00323DFF" w:rsidRPr="008108EF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Type A and B Gutter</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3C25" w:rsidRPr="008108EF">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 607.11 for</w:t>
+      </w:r>
+      <w:r w:rsidR="00323DFF" w:rsidRPr="00E03E20">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00323DFF" w:rsidRPr="008108EF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Modified Type A and B Gutter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03E20">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67554456" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRPr="00E03E20" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67554457" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>For construction specifications, see link</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3781DF12" w14:textId="44222996" w:rsidR="00E1747D" w:rsidRDefault="00000000" w:rsidP="00323DFF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00E1747D" w:rsidRPr="00BA5A4B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b w:val="0"/>
           </w:rPr>
           <w:t>https://www.modot.org/missouri-standard-specifications-highway-construction</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6755445A" w14:textId="38D8257D" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>After a system is approved, a</w:t>
       </w:r>
       <w:r w:rsidRPr="006E5F52">
         <w:t xml:space="preserve">ny changes to the product must be </w:t>
       </w:r>
       <w:r>
         <w:t>re-</w:t>
       </w:r>
       <w:r w:rsidRPr="006E5F52">
         <w:t xml:space="preserve">submitted for </w:t>
       </w:r>
       <w:r>
         <w:t>re-</w:t>
@@ -6241,141 +6677,144 @@
         </w:rPr>
         <w:t>Preq</w:t>
       </w:r>
       <w:r w:rsidRPr="00303B40">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ualified Products List</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> until issues are resolved and meet</w:t>
       </w:r>
       <w:r w:rsidR="00A83B0E">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the MoDOT requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67554465" w14:textId="70F23C57" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67554466" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="21E0A894" w14:textId="77777777" w:rsidR="004F4067" w:rsidRPr="00014153" w:rsidRDefault="004F4067" w:rsidP="004F4067">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>After review by the department, the manufacturer will be notified in writing of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commentary to be addressed before approval, approval of the system, or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>rejection</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the system.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once all commentary has been addressed, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the manufacturer must resubmit th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ose modifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the system</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00014153">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67554468" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21E0A894" w14:textId="77777777" w:rsidR="004F4067" w:rsidRPr="00014153" w:rsidRDefault="004F4067" w:rsidP="004F4067">
-[...84 lines deleted...]
-    <w:p w14:paraId="67554468" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="4F7411A1" w14:textId="77777777" w:rsidR="00BD296E" w:rsidRDefault="00BD296E" w:rsidP="00323DFF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67554469" w14:textId="365C6A89" w:rsidR="00323DFF" w:rsidRPr="002D6685" w:rsidRDefault="00510109" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The owner of </w:t>
@@ -6411,63 +6850,63 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">annual </w:t>
       </w:r>
       <w:r w:rsidR="00323DFF" w:rsidRPr="002D6685">
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recertification requirement and removal criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6755446A" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRPr="002D6685" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6755446B" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="39C7EB5B" w14:textId="77777777" w:rsidR="00BD296E" w:rsidRDefault="00BD296E" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6755446C" w14:textId="7C16310A" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="6755446C" w14:textId="32D53E68" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D6685">
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6685">
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -6703,51 +7142,59 @@
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00323DFF" w:rsidRPr="002D6685">
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>system: __________________________________</w:t>
       </w:r>
       <w:r w:rsidR="009055AB">
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67554473" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRPr="002D6685" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+    <w:p w14:paraId="67554473" w14:textId="77777777" w:rsidR="00323DFF" w:rsidRDefault="00323DFF" w:rsidP="00323DFF">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D1D1EB2" w14:textId="77777777" w:rsidR="00BD296E" w:rsidRPr="002D6685" w:rsidRDefault="00BD296E" w:rsidP="00323DFF">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3585"/>
         <w:gridCol w:w="1899"/>
         <w:gridCol w:w="1706"/>
         <w:gridCol w:w="3600"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE4003" w14:paraId="67554477" w14:textId="77777777" w:rsidTr="00AE4003">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF66"/>
@@ -6919,79 +7366,79 @@
               <w:sdtPr>
                 <w:id w:val="1262180784"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00AE4003">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AE4003">
               <w:tab/>
               <w:t>Revisions Advised</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6755447F" w14:textId="6DA233DC" w:rsidR="00323DFF" w:rsidRPr="008D32A2" w:rsidRDefault="00323DFF" w:rsidP="009055AB"/>
-    <w:sectPr w:rsidR="00323DFF" w:rsidRPr="008D32A2" w:rsidSect="00EF666C">
+    <w:p w14:paraId="6755447F" w14:textId="6DA233DC" w:rsidR="00323DFF" w:rsidRPr="008D32A2" w:rsidRDefault="00323DFF" w:rsidP="00320D8A"/>
+    <w:sectPr w:rsidR="00323DFF" w:rsidRPr="008D32A2" w:rsidSect="00AA6C3D">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="576" w:right="720" w:bottom="576" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="432" w:right="720" w:bottom="432" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18A48535" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA" w:rsidP="00597230">
+    <w:p w14:paraId="014605F0" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F" w:rsidP="00597230">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E74808E" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA" w:rsidP="00597230">
+    <w:p w14:paraId="232AE9E1" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F" w:rsidP="00597230">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5DAD65F7" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA"/>
+    <w:p w14:paraId="03A33BF6" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -7046,65 +7493,65 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A38F798" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA" w:rsidP="00597230">
+    <w:p w14:paraId="704306F7" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F" w:rsidP="00597230">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B582706" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA" w:rsidP="00597230">
+    <w:p w14:paraId="009109F5" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F" w:rsidP="00597230">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E5D3E32" w14:textId="77777777" w:rsidR="00253CDA" w:rsidRDefault="00253CDA"/>
+    <w:p w14:paraId="0ECF6DCD" w14:textId="77777777" w:rsidR="0027223F" w:rsidRDefault="0027223F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1839692D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41920904"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1976"/>
         </w:tabs>
         <w:ind w:left="1976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -7396,247 +7843,328 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2001497613">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="956446477">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="382145829">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Wl+Fjppkm/iCuBhhBS+Bu0t7vZ9DcFJuc/j9UmJNpiOeIN3njBVDGYTfyg9HVvl1RnuH+3ZAfyv3cif9dDSxhQ==" w:salt="zgq6z8gSfEtObKQWQwQqUQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="n6gBa0pzx/a2B34ooZ151Sn63sH9IRpfrVv9LgOV+mFpWh440+CuOF4NyRUFVP1GH8QFKoZ7cv2pm6/+rJs5vg==" w:salt="Gybz1Z7wng1X5K1Ed3twAQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00256FC3"/>
     <w:rsid w:val="00020773"/>
+    <w:rsid w:val="0004156D"/>
     <w:rsid w:val="00042AAF"/>
-    <w:rsid w:val="00081282"/>
+    <w:rsid w:val="00052AF7"/>
+    <w:rsid w:val="00065B32"/>
     <w:rsid w:val="0008373D"/>
     <w:rsid w:val="000A28BA"/>
+    <w:rsid w:val="000C22D0"/>
     <w:rsid w:val="000D25D0"/>
     <w:rsid w:val="000F0688"/>
+    <w:rsid w:val="000F4A1A"/>
+    <w:rsid w:val="000F5F5A"/>
+    <w:rsid w:val="000F6F30"/>
     <w:rsid w:val="001326C2"/>
+    <w:rsid w:val="001454BD"/>
     <w:rsid w:val="0015053E"/>
     <w:rsid w:val="0015432A"/>
+    <w:rsid w:val="00161A77"/>
+    <w:rsid w:val="0016407F"/>
     <w:rsid w:val="00167866"/>
+    <w:rsid w:val="00180AE5"/>
+    <w:rsid w:val="00183C23"/>
     <w:rsid w:val="00190212"/>
     <w:rsid w:val="00191AEA"/>
+    <w:rsid w:val="00194E39"/>
+    <w:rsid w:val="001B002E"/>
+    <w:rsid w:val="001B4F7C"/>
+    <w:rsid w:val="001D2B3F"/>
     <w:rsid w:val="001F4D2B"/>
     <w:rsid w:val="001F5560"/>
+    <w:rsid w:val="0020738A"/>
     <w:rsid w:val="00212893"/>
     <w:rsid w:val="00224BD9"/>
+    <w:rsid w:val="0022769A"/>
     <w:rsid w:val="00251621"/>
-    <w:rsid w:val="00253CDA"/>
+    <w:rsid w:val="00253874"/>
     <w:rsid w:val="00256FC3"/>
     <w:rsid w:val="0026007E"/>
+    <w:rsid w:val="0027223F"/>
     <w:rsid w:val="00287E68"/>
+    <w:rsid w:val="002A2682"/>
     <w:rsid w:val="00307A23"/>
+    <w:rsid w:val="00320D8A"/>
     <w:rsid w:val="00323DFF"/>
     <w:rsid w:val="00325D44"/>
+    <w:rsid w:val="00326C64"/>
     <w:rsid w:val="00331270"/>
     <w:rsid w:val="00333025"/>
     <w:rsid w:val="003330B7"/>
     <w:rsid w:val="003336AC"/>
     <w:rsid w:val="00352E40"/>
     <w:rsid w:val="00355F80"/>
     <w:rsid w:val="003564EA"/>
     <w:rsid w:val="00364986"/>
     <w:rsid w:val="00384164"/>
     <w:rsid w:val="003A27FD"/>
     <w:rsid w:val="003A7396"/>
     <w:rsid w:val="003B7B61"/>
     <w:rsid w:val="003C13BD"/>
     <w:rsid w:val="003C28CA"/>
+    <w:rsid w:val="003C5CC6"/>
     <w:rsid w:val="003D0B47"/>
     <w:rsid w:val="003E45D3"/>
+    <w:rsid w:val="003E6439"/>
     <w:rsid w:val="004100D5"/>
     <w:rsid w:val="0041161C"/>
+    <w:rsid w:val="00423820"/>
+    <w:rsid w:val="004360EA"/>
+    <w:rsid w:val="0047201D"/>
     <w:rsid w:val="00487E61"/>
     <w:rsid w:val="004B35BB"/>
     <w:rsid w:val="004D10DA"/>
     <w:rsid w:val="004D38FF"/>
+    <w:rsid w:val="004F38CA"/>
     <w:rsid w:val="004F4067"/>
     <w:rsid w:val="00510109"/>
+    <w:rsid w:val="00514692"/>
+    <w:rsid w:val="00550121"/>
     <w:rsid w:val="0057040C"/>
     <w:rsid w:val="00587EC8"/>
     <w:rsid w:val="00591899"/>
     <w:rsid w:val="00594C66"/>
     <w:rsid w:val="00595DC6"/>
     <w:rsid w:val="00597230"/>
     <w:rsid w:val="00597BBE"/>
+    <w:rsid w:val="005A3188"/>
     <w:rsid w:val="005C752B"/>
     <w:rsid w:val="005E0F3D"/>
     <w:rsid w:val="005F4D9C"/>
+    <w:rsid w:val="00612906"/>
     <w:rsid w:val="00624B38"/>
+    <w:rsid w:val="006349E9"/>
+    <w:rsid w:val="00643BF5"/>
     <w:rsid w:val="006732A1"/>
+    <w:rsid w:val="00675D46"/>
     <w:rsid w:val="00683E65"/>
     <w:rsid w:val="00684BA5"/>
     <w:rsid w:val="00692539"/>
     <w:rsid w:val="0069319C"/>
     <w:rsid w:val="006A1101"/>
+    <w:rsid w:val="006A1917"/>
+    <w:rsid w:val="006A39EA"/>
     <w:rsid w:val="006A3A54"/>
     <w:rsid w:val="00714C51"/>
+    <w:rsid w:val="00721911"/>
     <w:rsid w:val="007239B5"/>
     <w:rsid w:val="00751D1F"/>
+    <w:rsid w:val="00767331"/>
     <w:rsid w:val="00774AC0"/>
     <w:rsid w:val="007928BD"/>
     <w:rsid w:val="00792F30"/>
     <w:rsid w:val="00793EB3"/>
     <w:rsid w:val="00796768"/>
     <w:rsid w:val="00796BF9"/>
     <w:rsid w:val="00797C51"/>
     <w:rsid w:val="007A2760"/>
     <w:rsid w:val="007A7146"/>
     <w:rsid w:val="007A77A2"/>
     <w:rsid w:val="007B41D3"/>
     <w:rsid w:val="007C5BBD"/>
     <w:rsid w:val="007D2B67"/>
     <w:rsid w:val="007E0585"/>
+    <w:rsid w:val="007E2891"/>
+    <w:rsid w:val="007F30D2"/>
     <w:rsid w:val="008053B8"/>
+    <w:rsid w:val="008107DD"/>
+    <w:rsid w:val="008108EF"/>
+    <w:rsid w:val="00811EAC"/>
     <w:rsid w:val="00814459"/>
     <w:rsid w:val="008217CD"/>
+    <w:rsid w:val="008231D8"/>
     <w:rsid w:val="008623F5"/>
+    <w:rsid w:val="0087741A"/>
+    <w:rsid w:val="0088078F"/>
+    <w:rsid w:val="00894D3A"/>
     <w:rsid w:val="008968B9"/>
+    <w:rsid w:val="008B470F"/>
     <w:rsid w:val="008B521F"/>
+    <w:rsid w:val="008C739B"/>
     <w:rsid w:val="008D32A2"/>
     <w:rsid w:val="009055AB"/>
     <w:rsid w:val="00941E38"/>
     <w:rsid w:val="009434F5"/>
     <w:rsid w:val="00964B18"/>
     <w:rsid w:val="0099151B"/>
     <w:rsid w:val="009B3BB5"/>
     <w:rsid w:val="009B3CB2"/>
     <w:rsid w:val="009B59FE"/>
+    <w:rsid w:val="009B5B63"/>
     <w:rsid w:val="009C17C7"/>
     <w:rsid w:val="009C2794"/>
     <w:rsid w:val="009D0FC3"/>
     <w:rsid w:val="009D7A98"/>
+    <w:rsid w:val="00A11636"/>
     <w:rsid w:val="00A26D0F"/>
-    <w:rsid w:val="00A52E5B"/>
+    <w:rsid w:val="00A74396"/>
+    <w:rsid w:val="00A82256"/>
     <w:rsid w:val="00A83B0E"/>
     <w:rsid w:val="00AA57E5"/>
+    <w:rsid w:val="00AA6C3D"/>
+    <w:rsid w:val="00AA78A9"/>
+    <w:rsid w:val="00AC3D01"/>
     <w:rsid w:val="00AC7BF5"/>
     <w:rsid w:val="00AE4003"/>
     <w:rsid w:val="00AF6734"/>
+    <w:rsid w:val="00B04B09"/>
     <w:rsid w:val="00B07629"/>
     <w:rsid w:val="00B354FA"/>
     <w:rsid w:val="00B7115F"/>
     <w:rsid w:val="00B87E44"/>
     <w:rsid w:val="00B902E3"/>
     <w:rsid w:val="00B932F5"/>
     <w:rsid w:val="00BA5A4B"/>
     <w:rsid w:val="00BB4507"/>
     <w:rsid w:val="00BB7696"/>
+    <w:rsid w:val="00BC09C7"/>
     <w:rsid w:val="00BC6189"/>
+    <w:rsid w:val="00BD296E"/>
+    <w:rsid w:val="00BE08C8"/>
+    <w:rsid w:val="00BE37B2"/>
     <w:rsid w:val="00BF58FB"/>
     <w:rsid w:val="00BF6B14"/>
     <w:rsid w:val="00C04A4D"/>
     <w:rsid w:val="00C06216"/>
+    <w:rsid w:val="00C17BF7"/>
     <w:rsid w:val="00C53FC4"/>
+    <w:rsid w:val="00C551F2"/>
     <w:rsid w:val="00C563CA"/>
     <w:rsid w:val="00C6644D"/>
     <w:rsid w:val="00C722C4"/>
+    <w:rsid w:val="00C97213"/>
     <w:rsid w:val="00CA6B62"/>
     <w:rsid w:val="00CA72E0"/>
+    <w:rsid w:val="00CB1943"/>
     <w:rsid w:val="00CD1CEB"/>
     <w:rsid w:val="00CF4C1B"/>
     <w:rsid w:val="00CF7224"/>
     <w:rsid w:val="00D01C2A"/>
     <w:rsid w:val="00D06937"/>
     <w:rsid w:val="00D15B12"/>
+    <w:rsid w:val="00D171F5"/>
     <w:rsid w:val="00D308BF"/>
     <w:rsid w:val="00D32DAB"/>
+    <w:rsid w:val="00D429C9"/>
     <w:rsid w:val="00D4667C"/>
     <w:rsid w:val="00D46B78"/>
     <w:rsid w:val="00D51A21"/>
+    <w:rsid w:val="00D66D69"/>
+    <w:rsid w:val="00D70403"/>
     <w:rsid w:val="00D73E78"/>
+    <w:rsid w:val="00DA3C25"/>
+    <w:rsid w:val="00DD2D08"/>
     <w:rsid w:val="00DD645A"/>
     <w:rsid w:val="00DE406E"/>
     <w:rsid w:val="00DF6195"/>
+    <w:rsid w:val="00E03E20"/>
     <w:rsid w:val="00E1747D"/>
     <w:rsid w:val="00E17E22"/>
+    <w:rsid w:val="00E31152"/>
     <w:rsid w:val="00E534AB"/>
     <w:rsid w:val="00E723E1"/>
+    <w:rsid w:val="00E75BC2"/>
+    <w:rsid w:val="00E9397E"/>
+    <w:rsid w:val="00E9495D"/>
     <w:rsid w:val="00EB4632"/>
     <w:rsid w:val="00EC1551"/>
     <w:rsid w:val="00EF666C"/>
     <w:rsid w:val="00F135CA"/>
+    <w:rsid w:val="00F161DD"/>
     <w:rsid w:val="00F21DEB"/>
     <w:rsid w:val="00F346A6"/>
     <w:rsid w:val="00F3787B"/>
     <w:rsid w:val="00F410B9"/>
     <w:rsid w:val="00F44BAD"/>
     <w:rsid w:val="00F5431E"/>
     <w:rsid w:val="00F5451B"/>
     <w:rsid w:val="00F549B6"/>
+    <w:rsid w:val="00F93577"/>
     <w:rsid w:val="00FA337D"/>
     <w:rsid w:val="00FA4859"/>
     <w:rsid w:val="00FA79F6"/>
+    <w:rsid w:val="00FB20B4"/>
     <w:rsid w:val="00FB7308"/>
     <w:rsid w:val="00FC1490"/>
+    <w:rsid w:val="00FD33E1"/>
     <w:rsid w:val="00FE2974"/>
+    <w:rsid w:val="00FE5709"/>
     <w:rsid w:val="00FE668C"/>
+    <w:rsid w:val="00FF712B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -8275,113 +8803,121 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B7115F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C13BD"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C13BD"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="003C13BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C13BD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C13BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008231D8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epg.modot.org/index.php?title=Category:720_Mechanically_Stabilized_Earth_Wall_Systems" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epg.modot.org/index.php?title=751.24_LFD_Retaining_Walls" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/missouri-standard-specifications-highway-construction" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modot.org/business/standards_and_specs/documents/60711.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bppl@modot.mo.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modot.org/business/standards_and_specs/documents/60900.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modot.org/business/standard_drawings2/mse_wall_new_title_block.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epg.modot.org/index.php?title=Category:720_Mechanically_Stabilized_Earth_Wall_Systems" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://epg.modot.org/index.php?title=751.24_Retaining_Walls" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/missouri-standard-specifications-highway-construction" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bppl@modot.mo.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/standard-plans-section-600" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/bridge-standard-drawings" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_1082065158"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E91BBBF3-FEC8-4090-BC98-D216EFCFB981}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -8561,59 +9097,61 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008855E1"/>
     <w:rsid w:val="0002566E"/>
+    <w:rsid w:val="0011508E"/>
     <w:rsid w:val="00115879"/>
     <w:rsid w:val="00220022"/>
     <w:rsid w:val="00227FD5"/>
-    <w:rsid w:val="002C51F8"/>
     <w:rsid w:val="00357572"/>
+    <w:rsid w:val="003F3C3A"/>
     <w:rsid w:val="00437DD0"/>
     <w:rsid w:val="00454004"/>
     <w:rsid w:val="00603E20"/>
     <w:rsid w:val="007063E3"/>
+    <w:rsid w:val="00755743"/>
     <w:rsid w:val="008855E1"/>
     <w:rsid w:val="00922F86"/>
     <w:rsid w:val="009268B7"/>
     <w:rsid w:val="0096102E"/>
     <w:rsid w:val="009E7889"/>
     <w:rsid w:val="00AB24E8"/>
     <w:rsid w:val="00BD6949"/>
     <w:rsid w:val="00C46694"/>
     <w:rsid w:val="00F166D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -9351,124 +9889,108 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1b87d945-0064-4e45-8658-6b1f0b8d3a30" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f6ca2193d0b02158f234437eba5a6411" ns1:_="" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DE44B6939F30764490FB38D33AA8F41D" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f1fd5f8872fc74e3deb8588451998861">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1b87d945-0064-4e45-8658-6b1f0b8d3a30" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c06adcc194f2ad7288d6dd64741016a7" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="1b87d945-0064-4e45-8658-6b1f0b8d3a30"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1b87d945-0064-4e45-8658-6b1f0b8d3a30" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -9527,125 +10049,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F54A6C8E-6EBE-40CA-A607-BEB5F907B3C0}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF347DAE-12F1-4FD7-846E-48F3662B1DF3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="1b87d945-0064-4e45-8658-6b1f0b8d3a30"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D77C826-7F4E-4242-9077-057B14E98339}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE79BF46-0C7F-40D5-84F1-C04F13A549F3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1549F921-327F-475B-8FF8-98B18E9563C1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1930</Words>
-  <Characters>11002</Characters>
+  <Words>1912</Words>
+  <Characters>10902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>90</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>To be completed by Manufacturer</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12907</CharactersWithSpaces>
+  <CharactersWithSpaces>12789</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>To be completed by Manufacturer</dc:title>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DE44B6939F30764490FB38D33AA8F41D</vt:lpwstr>
   </property>