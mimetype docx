--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -1,59 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5793D2C3" w14:textId="1C4D1EC3" w:rsidR="006C5BE2" w:rsidRPr="00CA71E1" w:rsidRDefault="00CA71E1" w:rsidP="006D2153">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Request for Qualification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C2B84C" w14:textId="3BB802FA" w:rsidR="00A9771C" w:rsidRPr="00A451EB" w:rsidRDefault="006C5BE2" w:rsidP="006D2153">
       <w:pPr>
@@ -189,51 +188,51 @@
       <w:r w:rsidRPr="00971643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">References for MoDOT </w:t>
       </w:r>
       <w:r w:rsidR="00981E86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Decorative Pedestrian Fence</w:t>
       </w:r>
       <w:r w:rsidRPr="00971643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract Requirements and Guidelines:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667A6772" w14:textId="729D2968" w:rsidR="00A451EB" w:rsidRPr="00971643" w:rsidRDefault="003A5079" w:rsidP="006D2153">
+    <w:p w14:paraId="667A6772" w14:textId="729D2968" w:rsidR="00A451EB" w:rsidRPr="00971643" w:rsidRDefault="00000000" w:rsidP="006D2153">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00A451EB" w:rsidRPr="00A324D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Specifications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A451EB" w:rsidRPr="00971643">
         <w:rPr>
@@ -322,69 +321,60 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridge Standard Drawings: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00743714" w:rsidRPr="00A324D4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Fences - FEN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1603255B" w14:textId="431F8031" w:rsidR="00B10DCB" w:rsidRPr="00D807D8" w:rsidRDefault="00E52F42" w:rsidP="003131A3">
+    <w:p w14:paraId="1603255B" w14:textId="431F8031" w:rsidR="00B10DCB" w:rsidRPr="00353A3B" w:rsidRDefault="00E52F42" w:rsidP="003131A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
-          <w:ins w:id="0" w:author="Debra M. Beckwith" w:date="2023-09-18T14:48:00Z"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rPrChange w:id="1" w:author="Debra M. Beckwith" w:date="2023-09-18T14:48:00Z">
-[...6 lines deleted...]
-          </w:rPrChange>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridge Special Provisions: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00AF320F" w:rsidRPr="00AF320F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Decorative Pedestrian Fence</w:t>
         </w:r>
       </w:hyperlink>
@@ -454,51 +444,50 @@
       <w:r w:rsidR="00971643">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="249625007"/>
           <w:placeholder>
             <w:docPart w:val="0B44E1CD7E7845F88D5CDA6999068CFC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00971643" w:rsidRPr="004A49E3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="11037E2C" w14:textId="77777777" w:rsidR="00B10DCB" w:rsidRPr="00971643" w:rsidRDefault="00B10DCB" w:rsidP="006D2153">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971643">
@@ -550,51 +539,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="-1724742564"/>
           <w:placeholder>
             <w:docPart w:val="8EA4EEEB01F1414A82F170FEC4A104D1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="M/d/yyyy"/>
             <w:lid w:val="en-US"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00971643" w:rsidRPr="00971643">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>Click to enter a date.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4E0C189E" w14:textId="77777777" w:rsidR="00B10DCB" w:rsidRDefault="00B10DCB" w:rsidP="00A451EB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41193130" w14:textId="766D827A" w:rsidR="00B10DCB" w:rsidRPr="00E16E85" w:rsidRDefault="00B10DCB" w:rsidP="006D2153">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
@@ -710,68 +698,67 @@
             <w:r w:rsidRPr="00E16E85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00981E86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Decorative Pedestrian Fence</w:t>
             </w:r>
             <w:r w:rsidRPr="00E16E85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>, contact information and address:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ED22CE6" w14:textId="43DCA236" w:rsidR="00E16E85" w:rsidRDefault="003A5079" w:rsidP="00A451EB">
+          <w:p w14:paraId="6ED22CE6" w14:textId="43DCA236" w:rsidR="00E16E85" w:rsidRDefault="00000000" w:rsidP="00A451EB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1437324122"/>
                 <w:placeholder>
                   <w:docPart w:val="2F3127FBDEE84A6FBD2F97751E75611E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00191C4E" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10117496" w14:textId="77777777" w:rsidR="005A71D8" w:rsidRDefault="00E16E85" w:rsidP="00E16E85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -856,51 +843,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A71D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Needs More Info*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E16E85" w14:paraId="4BC2D92F" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="117269989"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="30ED78C9" w14:textId="4E4BAC36" w:rsidR="00E16E85" w:rsidRDefault="00D9045D" w:rsidP="00A451EB">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -967,150 +953,146 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00F01763">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="2109773410"/>
                 <w:placeholder>
                   <w:docPart w:val="21850BA01FB947A898E4B742AA019DAB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A71D8" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1692063584"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="599CC153" w14:textId="77777777" w:rsidR="00E16E85" w:rsidRDefault="005A71D8" w:rsidP="00CA2235">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-505286288"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="6DB1742D" w14:textId="77777777" w:rsidR="00E16E85" w:rsidRDefault="005A71D8" w:rsidP="00CA2235">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0010174A" w14:paraId="5FDB36C3" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1590425046"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0D12BD37" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="00867907" w:rsidP="0010174A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -1162,150 +1144,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1788724896"/>
                 <w:placeholder>
                   <w:docPart w:val="3632A3087EB24E8880AB4FC4785D3D7E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1080903546"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1B5040FA" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="005A71D8" w:rsidP="0010174A">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1572531995"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="70D96A98" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="0010174A" w:rsidP="0010174A">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0010174A" w14:paraId="65C18475" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1863625076"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="77D0C641" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="00867907" w:rsidP="0010174A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -1365,150 +1343,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-748807075"/>
                 <w:placeholder>
                   <w:docPart w:val="27FAC44826524813B794DA1D87176E49"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="573166671"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7709ACCD" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="00392B49" w:rsidP="0010174A">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1347520464"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="4937338D" w14:textId="77777777" w:rsidR="0010174A" w:rsidRDefault="0010174A" w:rsidP="0010174A">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00392B49" w14:paraId="63E86641" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1680926592"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4C036D58" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -1542,150 +1516,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="662357087"/>
                 <w:placeholder>
                   <w:docPart w:val="F991382A3B824962A58C13D5C549CED7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1851070973"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="30AD7AD3" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1219633154"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="0A4DC0C1" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00392B49" w14:paraId="57BF0C3A" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1500082599"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="65A7CA04" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -1731,150 +1701,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="340432957"/>
                 <w:placeholder>
                   <w:docPart w:val="9BCFA6BDEDF04324BCBCEE7C759462B3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="187115463"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7CE17A57" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1361705262"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="711F45A0" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00392B49" w14:paraId="1EEBE288" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1935009800"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5744E5B6" w14:textId="72A5630C" w:rsidR="00392B49" w:rsidRDefault="006564CA" w:rsidP="00392B49">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -1934,150 +1900,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="86276458"/>
                 <w:placeholder>
                   <w:docPart w:val="4018CE84CF2F4CCD95EF913EACAB31AB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1771502499"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="580F1C04" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="334895438"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="56B2A835" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00392B49" w14:paraId="68E916D4" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-947851617"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5A5E36C0" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -2125,150 +2087,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1595923155"/>
                 <w:placeholder>
                   <w:docPart w:val="286763652D794F17AB396A3412C97A41"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1375544318"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="015398C5" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1091427451"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7F18790E" w14:textId="77777777" w:rsidR="00392B49" w:rsidRDefault="00392B49" w:rsidP="00392B49">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="4487C00D" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="2027441383"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="17CE7105" w14:textId="4B3357C7" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -2324,150 +2282,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-354656999"/>
                 <w:placeholder>
                   <w:docPart w:val="E33A225489E44942BCCE26377D5FFD74"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="27541518"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="59F1F380" w14:textId="4E417219" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1402520738"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="32175795" w14:textId="6585ED53" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="439542BF" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="802896801"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="511DBB6D" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -2556,150 +2510,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1993779858"/>
                 <w:placeholder>
                   <w:docPart w:val="03B68E49AE6C4E6DA6DFD1ED01945472"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="49732616"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="64D798FC" w14:textId="03E68316" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="2100744468"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3E14EB57" w14:textId="0DC2DDCF" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="0A34EC58" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="883674978"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="502E6091" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -2765,150 +2715,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-107900337"/>
                 <w:placeholder>
                   <w:docPart w:val="A003004D4A1E43BE8784A5F9E2C5E5CE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="140551512"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="486B3C3F" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="2008560518"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="54F305DE" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="7FB5A74B" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1152340646"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2B5BA584" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -2950,150 +2896,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="235133990"/>
                 <w:placeholder>
                   <w:docPart w:val="9B6BE642394043ACA4E6EDB14B45D5DB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-110447676"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="53723D66" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1133246960"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="60AA48BF" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="56941E36" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-65185442"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="76DFD544" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -3121,150 +3063,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1195569892"/>
                 <w:placeholder>
                   <w:docPart w:val="1636F030D2B243F6B09B9316BB7DDED6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1759560202"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2442B538" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="593668000"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2E2EDAFE" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="11FA58A3" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-998495590"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0B57D297" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -3292,150 +3230,146 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1120419763"/>
                 <w:placeholder>
                   <w:docPart w:val="658C4D028D1F4329BB97E16306B0BAAC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1103800568"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2D04993C" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="492680757"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="24775B68" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00D572A8" w14:paraId="3F0434EF" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="-1435053435"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="445" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4C270D00" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
           </w:tcPr>
@@ -3469,112 +3403,109 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-889268064"/>
                 <w:placeholder>
                   <w:docPart w:val="0FEEA35DF39149CD8B909EF2819854EC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="005A71D8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="1427156803"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1035" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="03CB70A4" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:id w:val="179937298"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1080" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="2EAD0777" w14:textId="77777777" w:rsidR="00D572A8" w:rsidRDefault="00D572A8" w:rsidP="00D572A8">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
@@ -4000,51 +3931,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Poor product performance or safety issues as determined by MoDOT’s Structural Development and Support Engineer or Assistant State Bridge </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Engineer;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="69E8D5E0" w14:textId="3E2885AF" w:rsidR="006517DF" w:rsidRDefault="006517DF" w:rsidP="006517DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk70416337"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk70416337"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Failure to submit a </w:t>
       </w:r>
       <w:r w:rsidRPr="00C44B3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Certification of No Change</w:t>
       </w:r>
       <w:r w:rsidR="00C44B3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4055,51 +3986,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>every 3 years</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> by January 31</w:t>
       </w:r>
       <w:r w:rsidRPr="006517DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="2461E3F8" w14:textId="74C31598" w:rsidR="006517DF" w:rsidRDefault="006517DF" w:rsidP="006517DF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">When ownership changes, </w:t>
       </w:r>
       <w:r w:rsidR="00B94663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:r>
@@ -4837,51 +4768,50 @@
               <w:t>Date of Receipt:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-884171398"/>
                 <w:placeholder>
                   <w:docPart w:val="5A62965685EF47838441828D551A79CA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="004A49E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="48718FA5" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="00F01763" w:rsidP="00B94663">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -4891,172 +4821,168 @@
               <w:t>Date of Return Comments:</w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00971643">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1011990361"/>
                 <w:placeholder>
                   <w:docPart w:val="029FAF45A2684A1C9830E9F0822DC7DD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00971643" w:rsidRPr="004A49E3">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Click to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F01763" w14:paraId="4555678E" w14:textId="77777777" w:rsidTr="005A71D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="76CC5C64" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="003A5079" w:rsidP="00B94663">
+          <w:p w14:paraId="76CC5C64" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="00000000" w:rsidP="00B94663">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="878206068"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01763">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01763">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  No Exceptions Taken</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1901604B" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="003A5079" w:rsidP="00B94663">
+          <w:p w14:paraId="1901604B" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="00000000" w:rsidP="00B94663">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="775302177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F01763">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01763">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  Incomplete Submittal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3597" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="64D7C960" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="003A5079" w:rsidP="00B94663">
+          <w:p w14:paraId="64D7C960" w14:textId="77777777" w:rsidR="00F01763" w:rsidRDefault="00000000" w:rsidP="00B94663">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="1129287653"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A71D8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F01763">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">  Revisions Advised</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="787279D7" w14:textId="77777777" w:rsidR="00F01763" w:rsidRPr="006517DF" w:rsidRDefault="00F01763" w:rsidP="00B94663">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -5128,51 +5054,51 @@
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C63F0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DB81AB2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5619,157 +5545,151 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="14811631">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1964114424">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1813015336">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="948124822">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="934481686">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Ti7ltMIfqPkOJ+94+5JyPN/Fv6gAwEtYIE3dkiRiU1Q5OWRBPuJllGJNJNvAFXnTaAUI6pz3ivsZjsrlqFOszQ==" w:salt="/bqqaiUM+EkvyQ+mETN/Xg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006078F6"/>
     <w:rsid w:val="00014153"/>
     <w:rsid w:val="00023C81"/>
     <w:rsid w:val="00052070"/>
     <w:rsid w:val="00097BFB"/>
     <w:rsid w:val="000A2E25"/>
     <w:rsid w:val="0010174A"/>
     <w:rsid w:val="001017F2"/>
     <w:rsid w:val="0011328E"/>
     <w:rsid w:val="00167DD2"/>
     <w:rsid w:val="00185224"/>
     <w:rsid w:val="00191C4E"/>
     <w:rsid w:val="001D2C37"/>
     <w:rsid w:val="001E6620"/>
     <w:rsid w:val="001E7624"/>
     <w:rsid w:val="001F214B"/>
     <w:rsid w:val="00213AED"/>
     <w:rsid w:val="00244627"/>
     <w:rsid w:val="00266867"/>
     <w:rsid w:val="002D2C58"/>
     <w:rsid w:val="003131A3"/>
     <w:rsid w:val="003378B7"/>
+    <w:rsid w:val="00353A3B"/>
     <w:rsid w:val="003652D1"/>
     <w:rsid w:val="00392B49"/>
     <w:rsid w:val="003A5079"/>
     <w:rsid w:val="003B3E8C"/>
     <w:rsid w:val="003C794F"/>
     <w:rsid w:val="003E372B"/>
     <w:rsid w:val="003F1254"/>
     <w:rsid w:val="0045123A"/>
     <w:rsid w:val="004571A8"/>
     <w:rsid w:val="00461658"/>
     <w:rsid w:val="00465F91"/>
     <w:rsid w:val="00483446"/>
     <w:rsid w:val="004A49E3"/>
     <w:rsid w:val="004A5B31"/>
     <w:rsid w:val="004C4C55"/>
     <w:rsid w:val="00525227"/>
     <w:rsid w:val="00537455"/>
     <w:rsid w:val="00542CD1"/>
     <w:rsid w:val="00544B62"/>
     <w:rsid w:val="00577A2A"/>
     <w:rsid w:val="005A71D8"/>
     <w:rsid w:val="005C7988"/>
     <w:rsid w:val="005D1A98"/>
     <w:rsid w:val="005F06A8"/>
     <w:rsid w:val="006078F6"/>
     <w:rsid w:val="006163A3"/>
     <w:rsid w:val="00625830"/>
     <w:rsid w:val="0063688C"/>
     <w:rsid w:val="006517DF"/>
     <w:rsid w:val="006564CA"/>
     <w:rsid w:val="00683B37"/>
     <w:rsid w:val="006C5BE2"/>
     <w:rsid w:val="006C74C5"/>
     <w:rsid w:val="006D2153"/>
     <w:rsid w:val="006D612A"/>
     <w:rsid w:val="006E4D21"/>
     <w:rsid w:val="0074239A"/>
     <w:rsid w:val="00743714"/>
     <w:rsid w:val="00751536"/>
     <w:rsid w:val="007746A0"/>
     <w:rsid w:val="007C5876"/>
     <w:rsid w:val="007C5BB2"/>
+    <w:rsid w:val="007C7FA1"/>
     <w:rsid w:val="007F1B5A"/>
     <w:rsid w:val="00804FC4"/>
     <w:rsid w:val="00810AF4"/>
     <w:rsid w:val="00813E0E"/>
     <w:rsid w:val="00831402"/>
     <w:rsid w:val="008379B4"/>
     <w:rsid w:val="00841392"/>
     <w:rsid w:val="00867907"/>
     <w:rsid w:val="008813C8"/>
     <w:rsid w:val="00885718"/>
     <w:rsid w:val="008A78FA"/>
     <w:rsid w:val="008B2B26"/>
     <w:rsid w:val="0095790F"/>
     <w:rsid w:val="00971643"/>
     <w:rsid w:val="00981E86"/>
     <w:rsid w:val="009A2153"/>
     <w:rsid w:val="009A79DC"/>
     <w:rsid w:val="009E27CE"/>
     <w:rsid w:val="00A215D1"/>
     <w:rsid w:val="00A25A68"/>
     <w:rsid w:val="00A301C7"/>
     <w:rsid w:val="00A324D4"/>
     <w:rsid w:val="00A451EB"/>
     <w:rsid w:val="00A52241"/>
     <w:rsid w:val="00A9771C"/>
@@ -6439,63 +6359,63 @@
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C7988"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/fences-fen" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BPPL@MoDOT.mo.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/media/44513" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/fences-fen" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/missouri-standard-specifications-highway-construction" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/fences-fen" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BPPL@MoDOT.mo.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/media/44513" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/fences-fen" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modot.org/missouri-standard-specifications-highway-construction" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\crawft5\Desktop\Ornamental%20Fence%20System%20Checklist.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B44E1CD7E7845F88D5CDA6999068CFC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D806BB9-8D19-4F39-B9E3-BC6EFD8F98F6}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00AF79A2" w:rsidRDefault="00057A3C">
           <w:pPr>
             <w:pStyle w:val="0B44E1CD7E7845F88D5CDA6999068CFC"/>
           </w:pPr>
           <w:r w:rsidRPr="00971643">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7130,50 +7050,51 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00057A3C"/>
     <w:rsid w:val="00057A3C"/>
     <w:rsid w:val="001705D0"/>
     <w:rsid w:val="002659FE"/>
     <w:rsid w:val="00267253"/>
     <w:rsid w:val="002C251D"/>
     <w:rsid w:val="0031556B"/>
     <w:rsid w:val="00571E79"/>
     <w:rsid w:val="005B3342"/>
+    <w:rsid w:val="005F53EA"/>
     <w:rsid w:val="00601916"/>
     <w:rsid w:val="00670963"/>
     <w:rsid w:val="00836D2B"/>
     <w:rsid w:val="00865549"/>
     <w:rsid w:val="00896B89"/>
     <w:rsid w:val="008A06C7"/>
     <w:rsid w:val="008F6C44"/>
     <w:rsid w:val="009F4C33"/>
     <w:rsid w:val="00A436FF"/>
     <w:rsid w:val="00AA78C2"/>
     <w:rsid w:val="00AF79A2"/>
     <w:rsid w:val="00BF4B6A"/>
     <w:rsid w:val="00C53203"/>
     <w:rsid w:val="00CB6A96"/>
     <w:rsid w:val="00F7234A"/>
     <w:rsid w:val="00FC7C5A"/>
     <w:rsid w:val="00FD06EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -7992,161 +7913,111 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A106979A040B51458CC61820F589D601" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0cd91dceab34bb6f3677c0bbd89c517c">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="69404514-ed04-40ee-9265-2042a527f996" xmlns:ns3="c8cd12a9-992c-44be-890c-b39a35887eb2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6af60a1d6b5a2e89a9816e74246f6e33" ns1:_="" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DE44B6939F30764490FB38D33AA8F41D" ma:contentTypeVersion="5" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="03e960a2e7d3fc22919063b55405d296">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="1b87d945-0064-4e45-8658-6b1f0b8d3a30" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f6ca2193d0b02158f234437eba5a6411" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
-    <xsd:import namespace="69404514-ed04-40ee-9265-2042a527f996"/>
-    <xsd:import namespace="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
+    <xsd:import namespace="1b87d945-0064-4e45-8658-6b1f0b8d3a30"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="14" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="15" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="69404514-ed04-40ee-9265-2042a527f996" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1b87d945-0064-4e45-8658-6b1f0b8d3a30" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...50 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -8205,174 +8076,182 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C514D73-89C7-4DF9-983B-845B5170FE6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62115574-BA8E-47DF-A36E-2C9C6D5D3632}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82776A78-6FD4-4FC7-AAD7-18E07F1810E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="69404514-ed04-40ee-9265-2042a527f996"/>
-    <ds:schemaRef ds:uri="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
+    <ds:schemaRef ds:uri="1b87d945-0064-4e45-8658-6b1f0b8d3a30"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62115574-BA8E-47DF-A36E-2C9C6D5D3632}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EB24740-213A-4508-AABC-3F07890DF64B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9088CA-2677-4FE9-ACF0-45D27E658042}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Ornamental Fence System Checklist</Template>
+  <Template>Ornamental Fence System Checklist.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1291</Words>
-  <Characters>7360</Characters>
+  <Words>1290</Words>
+  <Characters>7356</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Missouri Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8634</CharactersWithSpaces>
+  <CharactersWithSpaces>8629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Trenton Crawford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Send to EPG0">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x010100A106979A040B51458CC61820F589D601</vt:lpwstr>
+    <vt:lpwstr>0x010100DE44B6939F30764490FB38D33AA8F41D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Who">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="District_x002C__x0020_Divsiion_x0020_or_x0020_OfficeTaxHTField0">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Send to EPG00">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="District_x002C__x0020_Divsiion_x0020_or_x0020_Office">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="District, Divsiion or Office">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="District, Divsiion or OfficeTaxHTField0">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="TriggerFlowInfo">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
 </Properties>
 </file>