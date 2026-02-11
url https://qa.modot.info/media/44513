--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -1,97 +1,162 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="153F62C6" w14:textId="5C638935" w:rsidR="00E77B29" w:rsidRDefault="00E45FFB" w:rsidP="00E77B29">
+    <w:p w14:paraId="65CDFB96" w14:textId="17BFF090" w:rsidR="00970EC6" w:rsidRPr="00970EC6" w:rsidRDefault="00970EC6" w:rsidP="00E77B29">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Reviewer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  Accept all revision marks if fence is mounted on </w:t>
+      </w:r>
+      <w:r w:rsidR="00060110">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>flat base plates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  Reject all revision marks if fence is mounted on </w:t>
+      </w:r>
+      <w:r w:rsidR="00060110">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>bent connection</w:t>
+      </w:r>
+      <w:r w:rsidR="00060110" w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA3E338" w14:textId="77777777" w:rsidR="00970EC6" w:rsidRDefault="00970EC6" w:rsidP="00E77B29">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="153F62C6" w14:textId="3BEA825C" w:rsidR="00E77B29" w:rsidRDefault="00E45FFB" w:rsidP="00E77B29">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C0596">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> DECORATIVE PEDESTRIAN FENCE</w:t>
       </w:r>
       <w:r w:rsidR="00190F08" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5111" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="009322C1">
-        <w:t xml:space="preserve">        9/5/23          </w:t>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EC6">
+        <w:t>11/20/24</w:t>
+      </w:r>
+      <w:r w:rsidR="009322C1">
+        <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00AB5111" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve">    </w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>, 2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62C7" w14:textId="77777777" w:rsidR="00E77B29" w:rsidRDefault="00E77B29" w:rsidP="00E77B29"/>
     <w:p w14:paraId="153F62CD" w14:textId="2DE7C2BE" w:rsidR="00E97987" w:rsidRPr="002C3B9C" w:rsidRDefault="00E77B29" w:rsidP="00486D09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1.0  Description.  </w:t>
       </w:r>
       <w:r w:rsidR="003C4BF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This work </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
@@ -426,51 +491,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to which it is mounted.</w:t>
       </w:r>
       <w:r w:rsidR="003C4BF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62D9" w14:textId="77777777" w:rsidR="00E97987" w:rsidRDefault="00E97987" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="153F62DA" w14:textId="38FE819D" w:rsidR="00E97987" w:rsidRPr="00C873D4" w:rsidRDefault="003704B2" w:rsidP="00E97987">
+    <w:p w14:paraId="153F62DA" w14:textId="68F66A14" w:rsidR="00E97987" w:rsidRPr="00C873D4" w:rsidRDefault="003704B2" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="001C2AF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -481,137 +546,231 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E45FFB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:ins w:id="0" w:author="Daniel M. Smith" w:date="2024-11-20T12:54:00Z">
+        <w:r w:rsidR="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Base plate</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="1" w:author="Daniel M. Smith" w:date="2024-11-20T12:59:00Z">
+        <w:r w:rsidR="00976DE9">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+      </w:ins>
+      <w:ins w:id="2" w:author="Daniel M. Smith" w:date="2024-11-20T12:54:00Z">
+        <w:r w:rsidR="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="3" w:author="Daniel M. Smith" w:date="2024-11-20T12:55:00Z">
+        <w:r w:rsidR="00060110" w:rsidDel="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>Bent connection plate</w:delText>
+        </w:r>
+      </w:del>
+      <w:del w:id="4" w:author="Daniel M. Smith" w:date="2024-11-20T13:00:00Z">
+        <w:r w:rsidR="009C0217" w:rsidDel="009C0217">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>s</w:delText>
+        </w:r>
+      </w:del>
+      <w:del w:id="5" w:author="Daniel M. Smith" w:date="2024-11-20T12:55:00Z">
+        <w:r w:rsidR="00060110" w:rsidDel="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve"> </w:delText>
+        </w:r>
+      </w:del>
       <w:r w:rsidR="00D96217">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>B</w:t>
+        <w:t xml:space="preserve">shall be furnished </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ase plate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D96217">
+        <w:t>for mounti</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7D29">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall be furnished </w:t>
+        <w:t>ng posts to top of concrete</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>for mounti</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002F7D29">
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:ins w:id="6" w:author="Daniel M. Smith" w:date="2024-11-20T12:55:00Z">
+        <w:r w:rsidR="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Base plate </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="7" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
+        <w:r w:rsidR="00060110" w:rsidDel="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">Bent connection plate </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="0047121C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ng posts to top of concrete</w:t>
+        <w:t xml:space="preserve">anchors </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003A0E76">
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:ins w:id="8" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
+        <w:r w:rsidR="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve">cast </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="9" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
+        <w:r w:rsidR="00060110" w:rsidDel="00060110">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText xml:space="preserve">resin anchored </w:delText>
+        </w:r>
+      </w:del>
+      <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Base plate </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0047121C">
+        <w:t>into</w:t>
+      </w:r>
+      <w:r w:rsidR="001963A8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">anchors </w:t>
+        <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>shall be cast into</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001963A8">
+        <w:t xml:space="preserve"> concrete</w:t>
+      </w:r>
+      <w:r w:rsidR="00060110">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the</w:t>
+        <w:t xml:space="preserve"> as shown on the plans</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> concrete.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62DB" w14:textId="77777777" w:rsidR="00E97987" w:rsidRPr="00B94B59" w:rsidRDefault="00E97987" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F62DC" w14:textId="11D73845" w:rsidR="00E97987" w:rsidRDefault="003704B2" w:rsidP="00F63204">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1330,51 +1489,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C2AF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Delivery, storage, handling and installation methods shall be per fence manufacturer’s recommendations.</w:t>
+        <w:t xml:space="preserve">Delivery, storage, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E97987">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>handling</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E97987">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and installation methods shall be per fence manufacturer’s recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62FE" w14:textId="77777777" w:rsidR="00E97987" w:rsidRDefault="00E97987" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F62FF" w14:textId="54DC91B6" w:rsidR="00E97987" w:rsidRDefault="003704B2" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1593,50 +1768,51 @@
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F6303" w14:textId="2C149B00" w:rsidR="00E97987" w:rsidRPr="00AC213F" w:rsidRDefault="003704B2" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="001C2AF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Warranty.</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
@@ -1703,51 +1879,50 @@
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F6305" w14:textId="4EF82E49" w:rsidR="00E97987" w:rsidRPr="00B94B59" w:rsidRDefault="001217C3" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="003704B2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.0</w:t>
       </w:r>
       <w:r w:rsidR="00E97987" w:rsidRPr="00B94B59">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Method of Measurement.</w:t>
       </w:r>
       <w:r w:rsidR="00E97987" w:rsidRPr="00B94B59">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1998,51 +2173,51 @@
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C76CC" w:rsidSect="00AB5111">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C7EB530" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F63E562" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="384271C3" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2097,151 +2272,151 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="153F6314" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="153F6315" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="765FDBF7" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FBD7AD0" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3BB6CDD0" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="153F6313" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F" w:rsidP="0018733A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5220"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01624399"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="33CEE666"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -6108,283 +6283,291 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="241528035">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1291280576">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2062512138">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1308313851">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1696421432">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1446729777">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1289584633">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2097439677">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="820969494">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="696392614">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="704795504">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="856964269">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1817643138">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="430130238">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1330912712">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="200751670">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="398404613">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1591886118">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="495805998">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1806895641">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="929583752">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="2044018203">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="739910126">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1287547821">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1590580654">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="47068515">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="776995147">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="533923714">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1374960159">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2131822405">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1355114131">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1343509800">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1842818953">
     <w:abstractNumId w:val="28"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="2111925308">
     <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1788155935">
     <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="824005680">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1349722396">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="39523132">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="2032759484">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="436407060">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1863274838">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w15:person w15:author="Daniel M. Smith">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Daniel.M.Smith@modot.mo.gov::25fa5273-c330-42e3-a985-a27ef7108a1d"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
@@ -6397,55 +6580,57 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E85C21"/>
     <w:rsid w:val="000009DC"/>
     <w:rsid w:val="00000F56"/>
     <w:rsid w:val="000030D7"/>
     <w:rsid w:val="000146D5"/>
     <w:rsid w:val="0002513E"/>
     <w:rsid w:val="000345BB"/>
     <w:rsid w:val="000401B1"/>
     <w:rsid w:val="00042C7D"/>
     <w:rsid w:val="00051322"/>
     <w:rsid w:val="00055C0D"/>
     <w:rsid w:val="00056FB4"/>
+    <w:rsid w:val="00060110"/>
     <w:rsid w:val="00090DE5"/>
     <w:rsid w:val="0009493C"/>
     <w:rsid w:val="00096477"/>
     <w:rsid w:val="000A01B8"/>
     <w:rsid w:val="000A27B9"/>
+    <w:rsid w:val="000B1097"/>
     <w:rsid w:val="000C0596"/>
     <w:rsid w:val="000C22D8"/>
     <w:rsid w:val="000C2CAF"/>
     <w:rsid w:val="000C329E"/>
     <w:rsid w:val="000C487F"/>
     <w:rsid w:val="000D53F9"/>
     <w:rsid w:val="000E43F3"/>
     <w:rsid w:val="000E7FEF"/>
     <w:rsid w:val="000F2E23"/>
     <w:rsid w:val="000F55A6"/>
     <w:rsid w:val="000F6536"/>
     <w:rsid w:val="000F6963"/>
     <w:rsid w:val="000F7BAC"/>
     <w:rsid w:val="001217C3"/>
     <w:rsid w:val="00123ED8"/>
     <w:rsid w:val="0013579F"/>
     <w:rsid w:val="001362D2"/>
     <w:rsid w:val="001435EE"/>
     <w:rsid w:val="00144B85"/>
     <w:rsid w:val="001519B8"/>
     <w:rsid w:val="0016205B"/>
     <w:rsid w:val="00166F4F"/>
     <w:rsid w:val="0017089D"/>
     <w:rsid w:val="001801C7"/>
     <w:rsid w:val="00181829"/>
@@ -6541,50 +6726,51 @@
     <w:rsid w:val="003D2CF4"/>
     <w:rsid w:val="003D3298"/>
     <w:rsid w:val="003E063F"/>
     <w:rsid w:val="003E5ECE"/>
     <w:rsid w:val="003F254A"/>
     <w:rsid w:val="004306C9"/>
     <w:rsid w:val="004308A6"/>
     <w:rsid w:val="004346F4"/>
     <w:rsid w:val="004364AC"/>
     <w:rsid w:val="004371D4"/>
     <w:rsid w:val="00445CBB"/>
     <w:rsid w:val="00470506"/>
     <w:rsid w:val="0047121C"/>
     <w:rsid w:val="00473331"/>
     <w:rsid w:val="00477DB7"/>
     <w:rsid w:val="004811C9"/>
     <w:rsid w:val="004815EB"/>
     <w:rsid w:val="00482777"/>
     <w:rsid w:val="004847CC"/>
     <w:rsid w:val="00486D09"/>
     <w:rsid w:val="004960E4"/>
     <w:rsid w:val="00497AEB"/>
     <w:rsid w:val="004A1573"/>
     <w:rsid w:val="004A4660"/>
     <w:rsid w:val="004A7484"/>
+    <w:rsid w:val="004B1C3E"/>
     <w:rsid w:val="004B1F8D"/>
     <w:rsid w:val="004B415A"/>
     <w:rsid w:val="004D6F8A"/>
     <w:rsid w:val="004D73D9"/>
     <w:rsid w:val="004E5899"/>
     <w:rsid w:val="004F38FD"/>
     <w:rsid w:val="004F4374"/>
     <w:rsid w:val="004F60F5"/>
     <w:rsid w:val="004F721A"/>
     <w:rsid w:val="00500006"/>
     <w:rsid w:val="005010A6"/>
     <w:rsid w:val="005040B6"/>
     <w:rsid w:val="00506335"/>
     <w:rsid w:val="00507209"/>
     <w:rsid w:val="005123B5"/>
     <w:rsid w:val="005161D2"/>
     <w:rsid w:val="005205B0"/>
     <w:rsid w:val="00530132"/>
     <w:rsid w:val="0053040C"/>
     <w:rsid w:val="0054160C"/>
     <w:rsid w:val="00544FC7"/>
     <w:rsid w:val="00550375"/>
     <w:rsid w:val="00555330"/>
     <w:rsid w:val="005570C2"/>
     <w:rsid w:val="0056440D"/>
@@ -6640,100 +6826,104 @@
     <w:rsid w:val="007271CA"/>
     <w:rsid w:val="00737ED2"/>
     <w:rsid w:val="00737F20"/>
     <w:rsid w:val="00745F64"/>
     <w:rsid w:val="00751B6A"/>
     <w:rsid w:val="007520E8"/>
     <w:rsid w:val="00753261"/>
     <w:rsid w:val="007541B1"/>
     <w:rsid w:val="00754247"/>
     <w:rsid w:val="007542ED"/>
     <w:rsid w:val="007550CD"/>
     <w:rsid w:val="00762229"/>
     <w:rsid w:val="007709E6"/>
     <w:rsid w:val="00770E3F"/>
     <w:rsid w:val="00773471"/>
     <w:rsid w:val="0077529D"/>
     <w:rsid w:val="00776FFC"/>
     <w:rsid w:val="00784B68"/>
     <w:rsid w:val="00785628"/>
     <w:rsid w:val="00786B0C"/>
     <w:rsid w:val="00787046"/>
     <w:rsid w:val="007A302F"/>
     <w:rsid w:val="007A4AAD"/>
     <w:rsid w:val="007A547F"/>
     <w:rsid w:val="007A5518"/>
+    <w:rsid w:val="007B35C2"/>
     <w:rsid w:val="007B52B3"/>
     <w:rsid w:val="007D0263"/>
     <w:rsid w:val="007D153A"/>
     <w:rsid w:val="007D1C6A"/>
     <w:rsid w:val="007E2866"/>
     <w:rsid w:val="007E744F"/>
     <w:rsid w:val="007F027D"/>
     <w:rsid w:val="007F0585"/>
     <w:rsid w:val="007F4752"/>
     <w:rsid w:val="007F52A5"/>
     <w:rsid w:val="008155E6"/>
     <w:rsid w:val="00822866"/>
     <w:rsid w:val="00822B56"/>
     <w:rsid w:val="00831FFB"/>
     <w:rsid w:val="00842FF1"/>
     <w:rsid w:val="00845785"/>
     <w:rsid w:val="0084720E"/>
     <w:rsid w:val="00847D31"/>
     <w:rsid w:val="00855BB2"/>
     <w:rsid w:val="0085725E"/>
     <w:rsid w:val="00871DF3"/>
     <w:rsid w:val="00876F4E"/>
     <w:rsid w:val="00883FF6"/>
     <w:rsid w:val="00890297"/>
     <w:rsid w:val="008A136B"/>
     <w:rsid w:val="008A30B4"/>
     <w:rsid w:val="008B0F19"/>
     <w:rsid w:val="008B1414"/>
     <w:rsid w:val="008B43D3"/>
     <w:rsid w:val="008D4264"/>
     <w:rsid w:val="008D59FF"/>
     <w:rsid w:val="008E6929"/>
     <w:rsid w:val="008E7BFF"/>
     <w:rsid w:val="00907B83"/>
     <w:rsid w:val="00914B82"/>
     <w:rsid w:val="00917229"/>
     <w:rsid w:val="009322C1"/>
     <w:rsid w:val="00932EE5"/>
     <w:rsid w:val="00944F95"/>
     <w:rsid w:val="009525BF"/>
     <w:rsid w:val="009537C2"/>
     <w:rsid w:val="00954B7C"/>
     <w:rsid w:val="00955EE8"/>
     <w:rsid w:val="00963F1D"/>
+    <w:rsid w:val="00970EC6"/>
     <w:rsid w:val="00975E4A"/>
+    <w:rsid w:val="00976DE9"/>
     <w:rsid w:val="00977FCE"/>
     <w:rsid w:val="00980F23"/>
     <w:rsid w:val="009834FD"/>
     <w:rsid w:val="009A6721"/>
     <w:rsid w:val="009B0673"/>
+    <w:rsid w:val="009C0217"/>
     <w:rsid w:val="009C4A1A"/>
     <w:rsid w:val="009C4DA8"/>
     <w:rsid w:val="009C4EBB"/>
     <w:rsid w:val="009C53D4"/>
     <w:rsid w:val="009D4932"/>
     <w:rsid w:val="009E33E3"/>
     <w:rsid w:val="009E3C22"/>
     <w:rsid w:val="009E7591"/>
     <w:rsid w:val="009E76F2"/>
     <w:rsid w:val="009F068D"/>
     <w:rsid w:val="009F37D6"/>
     <w:rsid w:val="009F560E"/>
     <w:rsid w:val="00A03A6A"/>
     <w:rsid w:val="00A04EAC"/>
     <w:rsid w:val="00A06587"/>
     <w:rsid w:val="00A10C39"/>
     <w:rsid w:val="00A2775C"/>
     <w:rsid w:val="00A37050"/>
     <w:rsid w:val="00A3776A"/>
     <w:rsid w:val="00A3779A"/>
     <w:rsid w:val="00A40EF8"/>
     <w:rsid w:val="00A4200C"/>
     <w:rsid w:val="00A523B4"/>
     <w:rsid w:val="00A55152"/>
     <w:rsid w:val="00A56D2D"/>
@@ -6783,50 +6973,51 @@
     <w:rsid w:val="00BA432D"/>
     <w:rsid w:val="00BB3B8D"/>
     <w:rsid w:val="00BB67B9"/>
     <w:rsid w:val="00BC3206"/>
     <w:rsid w:val="00BC5987"/>
     <w:rsid w:val="00BD1013"/>
     <w:rsid w:val="00BD2C51"/>
     <w:rsid w:val="00BD5FA1"/>
     <w:rsid w:val="00BE0493"/>
     <w:rsid w:val="00BE4225"/>
     <w:rsid w:val="00BE5862"/>
     <w:rsid w:val="00BE6A82"/>
     <w:rsid w:val="00BE7B56"/>
     <w:rsid w:val="00BF0326"/>
     <w:rsid w:val="00C055CC"/>
     <w:rsid w:val="00C05703"/>
     <w:rsid w:val="00C216A9"/>
     <w:rsid w:val="00C234DB"/>
     <w:rsid w:val="00C30FF3"/>
     <w:rsid w:val="00C33F5A"/>
     <w:rsid w:val="00C402B9"/>
     <w:rsid w:val="00C40FEB"/>
     <w:rsid w:val="00C41BA0"/>
     <w:rsid w:val="00C4251A"/>
     <w:rsid w:val="00C46F3A"/>
+    <w:rsid w:val="00C50F67"/>
     <w:rsid w:val="00C53462"/>
     <w:rsid w:val="00C568AD"/>
     <w:rsid w:val="00C5707C"/>
     <w:rsid w:val="00C636AC"/>
     <w:rsid w:val="00C63DB9"/>
     <w:rsid w:val="00C70C23"/>
     <w:rsid w:val="00C71954"/>
     <w:rsid w:val="00C85FE9"/>
     <w:rsid w:val="00C92D00"/>
     <w:rsid w:val="00C9521F"/>
     <w:rsid w:val="00C95F61"/>
     <w:rsid w:val="00CA0B47"/>
     <w:rsid w:val="00CA61B6"/>
     <w:rsid w:val="00CA6AAA"/>
     <w:rsid w:val="00CB0EF8"/>
     <w:rsid w:val="00CB248C"/>
     <w:rsid w:val="00CB351A"/>
     <w:rsid w:val="00CB43DE"/>
     <w:rsid w:val="00CC2B28"/>
     <w:rsid w:val="00CC4F5E"/>
     <w:rsid w:val="00CD2ADD"/>
     <w:rsid w:val="00CD3602"/>
     <w:rsid w:val="00CF0193"/>
     <w:rsid w:val="00CF1F0D"/>
     <w:rsid w:val="00CF3FBF"/>
@@ -7987,50 +8178,62 @@
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00FA6768"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FA6768"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C50F67"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="27141712">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="357045530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -8092,51 +8295,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1143159491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8395,72 +8598,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AE1C67F7445AE48A5DE32D2FF51F959" ma:contentTypeVersion="37" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c4535c9779e07f408a02a7bf9d05ca4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6" xmlns:ns4="c8cd12a9-992c-44be-890c-b39a35887eb2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f52b7acb569e7d62a770142c4714c45" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
     <xsd:import namespace="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns3:Send_x0020_to_x0020_EPG" minOccurs="0"/>
                 <xsd:element ref="ns3:Who" minOccurs="0"/>
                 <xsd:element ref="ns3:Description0" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -8695,142 +8876,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Send_x0020_to_x0020_EPG xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">false</Send_x0020_to_x0020_EPG>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Description0 xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <Who xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Who>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BA1900-7815-4669-AE77-DBEAE49EC2A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
     <ds:schemaRef ds:uri="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E70D5CA8-77DE-4466-91B1-9D7052098379}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{935C38FB-0F8B-42B5-98A9-35B455B3C6CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A9F2075-360F-48F1-99FF-D3408D6D3164}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2907</Characters>
+  <Pages>2</Pages>
+  <Words>531</Words>
+  <Characters>3099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>BSP-DecorativeFence</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HNTB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3410</CharactersWithSpaces>
+  <CharactersWithSpaces>3623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>5046280</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.gilpininc.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6094874</vt:i4>
       </vt:variant>
       <vt:variant>