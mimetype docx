--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -1,966 +1,724 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3B429358" w14:textId="68B9DB05" w:rsidR="0092402E" w:rsidRDefault="007208D5">
-      <w:r>
+    <w:p w14:paraId="3B429358" w14:textId="1FF10DC0" w:rsidR="0092402E" w:rsidRDefault="00D47793" w:rsidP="00E14B6B">
+      <w:r w:rsidRPr="00CF53B0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="96"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79AD6335" wp14:editId="48F712A6">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>0</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-1114425</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2331720" cy="502920"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2331720" cy="502920"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2DB6CAA6" w14:textId="77777777" w:rsidR="00D47793" w:rsidRPr="00CF53B0" w:rsidRDefault="00D47793" w:rsidP="00D47793">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00CF53B0">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="48"/>
+                                <w:szCs w:val="48"/>
+                              </w:rPr>
+                              <w:t>Addendum 01</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="79AD6335" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:-87.75pt;width:183.6pt;height:39.6pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfqWmACgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TdFrZR09XSpQhp&#10;uUgLH+A4TmPheMzYbbJ8PWMn2y3whvCDNfaMz8ycOd7cDJ1hJ4Vegy35fJZzpqyEWttDyb993b+6&#10;5swHYWthwKqSPyrPb7YvX2x6V6gFtGBqhYxArC96V/I2BFdkmZet6oSfgVOWnA1gJwId8ZDVKHpC&#10;70y2yPPXWQ9YOwSpvKfbu9HJtwm/aZQMn5vGq8BMyam2kHZMexX3bLsRxQGFa7WcyhD/UEUntKWk&#10;Z6g7EQQ7ov4LqtMSwUMTZhK6DJpGS5V6oG7m+R/dPLTCqdQLkePdmSb//2Dlp9OD+4IsDG9hoAGm&#10;Jry7B/ndMwu7VtiDukWEvlWipsTzSFnWO19MTyPVvvARpOo/Qk1DFscACWhosIusUJ+M0GkAj2fS&#10;1RCYpMvF1dX8zYJcknyrfLEmO6YQxdNrhz68V9CxaJQcaagJXZzufRhDn0JiMg9G13ttTDrgodoZ&#10;ZCdBAtinNaH/FmYs60u+Xi1WCdlCfJ+00elAAjW6K/l1HtcomcjGO1unkCC0GW0q2tiJnsjIyE0Y&#10;qoECI00V1I9EFMIoRPo4ZLSAPznrSYQl9z+OAhVn5oMlstfz5TKqNh2Wq0QTXnqqS4+wkqBKHjgb&#10;zV1ISo88WLiloTQ68fVcyVQriSsxPn2EqN7Lc4p6/q7bXwAAAP//AwBQSwMEFAAGAAgAAAAhAIPo&#10;U5neAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgx7dJWwCJLoyYar639&#10;AQNMgcjOEnZb6L93POnxzZu89718N9teXWj0nWMDq2UEirhydceNgePX++IJlA/INfaOycCVPOyK&#10;25scs9pNvKfLITRKQthnaKANYci09lVLFv3SDcTindxoMYgcG12POEm47fU6ihJtsWNpaHGgt5aq&#10;78PZGjh9Tg/xdio/wjHdPyav2KWluxpzfze/PIMKNIe/Z/jFF3QohKl0Z6696g3IkGBgsUrjGJT4&#10;myRdgyrltE02oItc/19Q/AAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCfqWmACgIAAPYD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCD6FOZ3gAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2DB6CAA6" w14:textId="77777777" w:rsidR="00D47793" w:rsidRPr="00CF53B0" w:rsidRDefault="00D47793" w:rsidP="00D47793">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00CF53B0">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="48"/>
+                          <w:szCs w:val="48"/>
+                        </w:rPr>
+                        <w:t>Addendum 01</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="007208D5">
         <w:t>Design-Build Project:</w:t>
       </w:r>
       <w:r w:rsidR="007424FB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0070423E">
-        <w:t>Improve I-70 – Columbia to Kingdom City</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="041B6B1E" w14:textId="7AD304FF" w:rsidR="007208D5" w:rsidRDefault="007208D5">
+        <w:t xml:space="preserve">Improve I-70 – </w:t>
+      </w:r>
+      <w:r w:rsidR="009068F6">
+        <w:t>Warrenton to Wentzville</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F10DF89" w14:textId="158A409B" w:rsidR="00B46BDE" w:rsidRDefault="00B46BDE" w:rsidP="00B46BDE">
       <w:r>
         <w:t>Submitter (Team) Name:</w:t>
       </w:r>
-      <w:r w:rsidR="007424FB">
-[...3 lines deleted...]
-    <w:p w14:paraId="0C739590" w14:textId="08F61DEA" w:rsidR="000F1F06" w:rsidRDefault="000F1F06">
+    </w:p>
+    <w:p w14:paraId="5B6B26D1" w14:textId="02050B46" w:rsidR="00E14B6B" w:rsidRDefault="00D47793" w:rsidP="00E14B6B">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F193695" wp14:editId="56F0112D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>228600</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:posOffset>1656344</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="274613" cy="237744"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="2" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="274613" cy="237744"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC77180" w14:textId="44222D57" w:rsidR="00E14B6B" w:rsidRPr="00D47793" w:rsidRDefault="00E14B6B" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D47793">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Project Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C739590" w14:textId="08F61DEA" w:rsidR="000F1F06" w:rsidRDefault="000F1F06" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
       <w:r>
         <w:t>Reference Project Name:</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...795 lines deleted...]
-    </w:tbl>
+    <w:p w14:paraId="3295FEED" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F618C56" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact Address:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C518899" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact Phone:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF228C0" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Original Project Budget:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B123F6B" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Final Project Cost:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7617B479" w14:textId="7085C90A" w:rsidR="006D46B3" w:rsidRPr="00016713" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00016713">
+        <w:t>Type of Project:</w:t>
+      </w:r>
+      <w:r w:rsidR="006B5ED4" w:rsidRPr="00016713">
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:id w:val="1146936962"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Design-Build            </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1780402314"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Design                       </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-32124543"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="005B4054" w:rsidRPr="00016713">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Construction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0673868A" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Project Start Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18FD03EC" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Project End Date:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F992B7" w14:textId="017AF662" w:rsidR="006B5ED4" w:rsidRDefault="006B5ED4" w:rsidP="00E14B6B">
+      <w:r>
+        <w:t>DBE</w:t>
+      </w:r>
+      <w:r w:rsidR="00E14B6B">
+        <w:t xml:space="preserve"> Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8C3985" w14:textId="31835FA9" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Workforce Diversity Female Goal:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4787736A" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Workforce Diversity Female Actual:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32638A04" w14:textId="77777777" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Workforce Diversity Minority Goal:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CB443B" w14:textId="2FB2937F" w:rsidR="006D46B3" w:rsidRDefault="006D46B3" w:rsidP="00E14B6B">
+      <w:pPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Workforce Diversity Minority Actual:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07960631" w14:textId="007E5CF2" w:rsidR="00224E9E" w:rsidRDefault="00224E9E" w:rsidP="001D0E83">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001458C1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Were the Workforce Diversity Goals per Craft met?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1208419524"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="001458C1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="001458C1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Yes  </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-1752417368"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidRPr="001458C1">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:sz w:val="22"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="001458C1">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A513B7" w14:textId="514E4A41" w:rsidR="00224E9E" w:rsidRDefault="00224E9E" w:rsidP="001D0E83">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224E9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If no, detail the efforts made to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00224E9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>be in compliance</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00224E9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="5ACA98C7" w14:textId="77777777" w:rsidR="001C6947" w:rsidRDefault="001C6947" w:rsidP="004C499A"/>
+    <w:p w14:paraId="6F1D6B07" w14:textId="77777777" w:rsidR="00B46BDE" w:rsidRDefault="00B46BDE" w:rsidP="004C499A"/>
+    <w:p w14:paraId="4FCD9403" w14:textId="77777777" w:rsidR="00B46BDE" w:rsidRDefault="00B46BDE" w:rsidP="004C499A"/>
+    <w:p w14:paraId="74D8139F" w14:textId="6094AB89" w:rsidR="00AC4141" w:rsidRPr="00224E9E" w:rsidRDefault="00AC4141" w:rsidP="00224E9E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224E9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>MAJOR PARTICIPANTS INVOLVED IN REFERENCE PROJECT</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2347"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2346"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2394"/>
+        <w:gridCol w:w="2394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C499A" w14:paraId="733B9CF2" w14:textId="77777777" w:rsidTr="00721C59">
-[...16 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="004C499A" w14:paraId="439493F0" w14:textId="77777777" w:rsidTr="004C499A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5100F3A3" w14:textId="74F88755" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="004C499A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
             </w:pPr>
             <w:r>
               <w:t>MAJOR PARTICIPANT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C8F9AA5" w14:textId="7D6CBD83" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="004C499A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
             </w:pPr>
             <w:r>
               <w:t>ROLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C2C6B09" w14:textId="4FAF51AF" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="004C499A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
             </w:pPr>
             <w:r>
               <w:t>DESCRIPTION OF WORK PERFORMED</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F12E97F" w14:textId="13DD9399" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="004C499A">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="center"/>
-              <w:outlineLvl w:val="1"/>
             </w:pPr>
             <w:r>
               <w:t>PERCENTAGE OF WORK</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C499A" w14:paraId="2603B944" w14:textId="77777777" w:rsidTr="004C499A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35FC401F" w14:textId="77777777" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="006713FC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2934A840" w14:textId="77777777" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="006713FC">
@@ -1175,515 +933,758 @@
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31912D94" w14:textId="77777777" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="006713FC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298E4748" w14:textId="77777777" w:rsidR="004C499A" w:rsidRDefault="004C499A" w:rsidP="006713FC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9360"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="27136495" w14:textId="77777777" w:rsidR="00051A01" w:rsidRDefault="00051A01" w:rsidP="006713FC">
+    <w:p w14:paraId="55A1FBB5" w14:textId="24DA819F" w:rsidR="00877C29" w:rsidRPr="00877C29" w:rsidRDefault="00877C29" w:rsidP="00877C29">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00877C29">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>PERSONNEL INVOLVED IN REFERENCE PROJECT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465E0FF0" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00241592" w:rsidP="00DF183C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
-      </w:pPr>
-[...228 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00224E9E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>List only individuals who are Key Personne</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF183C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31509E69" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C" w:rsidP="00DF183C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2A18C8" w14:textId="17D4EDE8" w:rsidR="00DF183C" w:rsidRDefault="00DF183C" w:rsidP="00DF183C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DF183C" w:rsidSect="0092402E">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48BC8B35" w14:textId="267F67D7" w:rsidR="00241592" w:rsidRPr="00DF183C" w:rsidRDefault="0069242D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF183C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Name (First Last)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3B0EDE" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50D00DCA" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E7144FD" w14:textId="5A7978A2" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="040CA0C6" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26175E6E" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C40BC01" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C01E31" w14:textId="4F94E041" w:rsidR="005A6447" w:rsidRPr="00DF183C" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidRPr="00DF183C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Role Performed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52208D64" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF0D885" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="270D2428" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2176E38B" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F60E8F0" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2128FCB6" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A25797" w14:textId="12FFCA7C" w:rsidR="005A6447" w:rsidRPr="00DF183C" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidRPr="00DF183C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Description of Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DBC541" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEFF639" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3729B0" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3050E9DD" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E1C314B" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5197EC2C" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DAFB860" w14:textId="77777777" w:rsidR="005A6447" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005A6447" w:rsidSect="0069242D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24020CBF" w14:textId="77777777" w:rsidR="005A6447" w:rsidRPr="00224E9E" w:rsidRDefault="005A6447">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F9CD52B" w14:textId="77777777" w:rsidR="00DF183C" w:rsidRDefault="00DF183C" w:rsidP="00216424">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3870"/>
+          <w:tab w:val="left" w:pos="6300"/>
+          <w:tab w:val="left" w:pos="7020"/>
+          <w:tab w:val="right" w:pos="9360"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DF183C" w:rsidSect="0069242D">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="3" w:space="720"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="310DFC5D" w14:textId="634986F8" w:rsidR="00E14B6B" w:rsidRDefault="00E14B6B">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B61F214" w14:textId="583E5DC5" w:rsidR="00241592" w:rsidRPr="00224E9E" w:rsidRDefault="0009649B" w:rsidP="00224E9E">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0009649B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Description of Project:</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00241592" w:rsidRPr="00224E9E" w:rsidSect="00DF183C">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01CD3A51" w14:textId="77777777" w:rsidR="00996BA5" w:rsidRDefault="00996BA5" w:rsidP="00996BA5">
+    <w:p w14:paraId="3ADF82CD" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10" w:rsidP="00996BA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57E7CC57" w14:textId="77777777" w:rsidR="00996BA5" w:rsidRDefault="00996BA5" w:rsidP="00996BA5">
+    <w:p w14:paraId="2B2CD4F4" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10" w:rsidP="00996BA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4E05209D" w14:textId="77777777" w:rsidR="00177EE5" w:rsidRDefault="00177EE5"/>
+    <w:p w14:paraId="797FF924" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="355A29D5" w14:textId="2CDD0F3A" w:rsidR="005341AF" w:rsidRDefault="00EF26DA" w:rsidP="00EF26DA">
     <w:pPr>
       <w:pStyle w:val="NoSpacing"/>
     </w:pPr>
     <w:r w:rsidRPr="00EF26DA">
       <w:t>DB-</w:t>
     </w:r>
     <w:r w:rsidR="004A40C6">
       <w:t>102</w:t>
     </w:r>
     <w:r w:rsidR="006713FC">
       <w:tab/>
       <w:t xml:space="preserve">(submit one Form for each </w:t>
     </w:r>
     <w:r w:rsidR="004C499A">
       <w:t>Reference Project)</w:t>
     </w:r>
     <w:r w:rsidR="006713FC">
       <w:tab/>
       <w:t>Page</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00FC7B29">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00FC7B29">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00FC7B29">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001327A6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00FC7B29">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00FC7B29">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00401723">
-[...19 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr=" NUMPAGES  \* Arabic  \* MERGEFORMAT ">
+      <w:r w:rsidR="001327A6">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FE8983F" w14:textId="77777777" w:rsidR="00996BA5" w:rsidRDefault="00996BA5" w:rsidP="00996BA5">
+    <w:p w14:paraId="3DFFB68D" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10" w:rsidP="00996BA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43E8F3B5" w14:textId="77777777" w:rsidR="00996BA5" w:rsidRDefault="00996BA5" w:rsidP="00996BA5">
+    <w:p w14:paraId="43A4E2C9" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10" w:rsidP="00996BA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="134A6FCB" w14:textId="77777777" w:rsidR="00177EE5" w:rsidRDefault="00177EE5"/>
+    <w:p w14:paraId="4F84B81F" w14:textId="77777777" w:rsidR="00D45F10" w:rsidRDefault="00D45F10"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="040D8A4A" w14:textId="3A199B8C" w:rsidR="00996BA5" w:rsidRPr="007424FB" w:rsidRDefault="007208D5" w:rsidP="007424FB">
     <w:pPr>
       <w:pStyle w:val="Title"/>
     </w:pPr>
     <w:r w:rsidRPr="007424FB">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41846003" wp14:editId="3FBB9391">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41846003" wp14:editId="0E641D93">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5230495</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>41910</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="716280" cy="372110"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="1" name="Picture 1">
-[...5 lines deleted...]
-          </wp:docPr>
+          <wp:docPr id="1" name="Picture 1" descr="MODOTblackblue"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1" name="Picture 1">
-[...5 lines deleted...]
-                  </pic:cNvPr>
+                  <pic:cNvPr id="0" name="Picture 2" descr="MODOTblackblue"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="716280" cy="372110"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -1703,93 +1704,100 @@
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="004A40C6">
       <w:t>Form DB-</w:t>
     </w:r>
     <w:r w:rsidR="004C499A">
       <w:t>102</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="167EEDB6" w14:textId="046D8C5D" w:rsidR="00996BA5" w:rsidRDefault="004C499A" w:rsidP="007424FB">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="24" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:t>REFERENCE PROJECT SUMMARY</w:t>
     </w:r>
     <w:r w:rsidR="007208D5">
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1E7214C5" w14:textId="6037A7DE" w:rsidR="00996BA5" w:rsidRPr="00BF6E82" w:rsidRDefault="00BF6E82" w:rsidP="00BF6E82">
+  <w:p w14:paraId="1E7214C5" w14:textId="052D4A6C" w:rsidR="00996BA5" w:rsidRPr="00BF6E82" w:rsidRDefault="00BF6E82" w:rsidP="00BF6E82">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF6E82">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">rev </w:t>
     </w:r>
-    <w:r w:rsidR="000F1F06">
+    <w:r w:rsidR="002425D9">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="001327A6">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="000F1F06">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>21</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="00561DD0">
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A45382C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E7A2F8A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1859,141 +1867,192 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="196938815">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00996BA5"/>
+    <w:rsid w:val="000061A8"/>
+    <w:rsid w:val="00016713"/>
     <w:rsid w:val="00051A01"/>
+    <w:rsid w:val="0009649B"/>
     <w:rsid w:val="000B720A"/>
     <w:rsid w:val="000F1F06"/>
     <w:rsid w:val="001327A6"/>
     <w:rsid w:val="001458C1"/>
     <w:rsid w:val="00177EE5"/>
     <w:rsid w:val="00190463"/>
-    <w:rsid w:val="001A4758"/>
+    <w:rsid w:val="001B6E12"/>
     <w:rsid w:val="001C6947"/>
+    <w:rsid w:val="001D0E83"/>
     <w:rsid w:val="001E53AC"/>
     <w:rsid w:val="001F4615"/>
+    <w:rsid w:val="00216424"/>
+    <w:rsid w:val="00224E9E"/>
+    <w:rsid w:val="00241592"/>
+    <w:rsid w:val="002425D9"/>
+    <w:rsid w:val="00256CC5"/>
     <w:rsid w:val="00297A6F"/>
+    <w:rsid w:val="002D5C7F"/>
+    <w:rsid w:val="002F4625"/>
     <w:rsid w:val="00304426"/>
     <w:rsid w:val="00330B0B"/>
-    <w:rsid w:val="00401723"/>
+    <w:rsid w:val="004018B6"/>
     <w:rsid w:val="00462850"/>
     <w:rsid w:val="004A40C6"/>
     <w:rsid w:val="004C499A"/>
+    <w:rsid w:val="004C5B7A"/>
     <w:rsid w:val="004D2AF8"/>
+    <w:rsid w:val="005123CA"/>
     <w:rsid w:val="0053245D"/>
     <w:rsid w:val="005341AF"/>
+    <w:rsid w:val="00561DD0"/>
+    <w:rsid w:val="00563B11"/>
     <w:rsid w:val="00564A59"/>
     <w:rsid w:val="0059590C"/>
+    <w:rsid w:val="005A6447"/>
+    <w:rsid w:val="005B4054"/>
     <w:rsid w:val="0060442A"/>
+    <w:rsid w:val="0060723C"/>
     <w:rsid w:val="006130F2"/>
+    <w:rsid w:val="00622898"/>
     <w:rsid w:val="00637E26"/>
     <w:rsid w:val="00642A18"/>
     <w:rsid w:val="00663D99"/>
     <w:rsid w:val="006713FC"/>
+    <w:rsid w:val="0069242D"/>
+    <w:rsid w:val="006B5ED4"/>
+    <w:rsid w:val="006D46B3"/>
     <w:rsid w:val="0070423E"/>
+    <w:rsid w:val="007137EF"/>
     <w:rsid w:val="007208D5"/>
     <w:rsid w:val="007424FB"/>
     <w:rsid w:val="00750AC2"/>
+    <w:rsid w:val="007616E8"/>
+    <w:rsid w:val="00765190"/>
     <w:rsid w:val="00795FAE"/>
     <w:rsid w:val="007B4256"/>
+    <w:rsid w:val="007E6F0F"/>
+    <w:rsid w:val="008115EC"/>
+    <w:rsid w:val="008121B6"/>
+    <w:rsid w:val="00837BC6"/>
     <w:rsid w:val="00870893"/>
+    <w:rsid w:val="00877C29"/>
     <w:rsid w:val="008D1448"/>
+    <w:rsid w:val="009068F6"/>
     <w:rsid w:val="0092402E"/>
+    <w:rsid w:val="00937E8F"/>
     <w:rsid w:val="00996BA5"/>
+    <w:rsid w:val="009B3678"/>
     <w:rsid w:val="009D76B4"/>
+    <w:rsid w:val="00AC4141"/>
+    <w:rsid w:val="00B02868"/>
+    <w:rsid w:val="00B46BDE"/>
+    <w:rsid w:val="00B47488"/>
     <w:rsid w:val="00B70E02"/>
+    <w:rsid w:val="00B9578A"/>
     <w:rsid w:val="00BA0600"/>
+    <w:rsid w:val="00BB39AF"/>
     <w:rsid w:val="00BC43ED"/>
     <w:rsid w:val="00BF6E82"/>
     <w:rsid w:val="00C00527"/>
     <w:rsid w:val="00C2680A"/>
     <w:rsid w:val="00C65A8D"/>
     <w:rsid w:val="00C92A1C"/>
+    <w:rsid w:val="00CE6381"/>
     <w:rsid w:val="00D273C7"/>
     <w:rsid w:val="00D37E68"/>
+    <w:rsid w:val="00D45F10"/>
     <w:rsid w:val="00D46D0D"/>
+    <w:rsid w:val="00D47793"/>
     <w:rsid w:val="00D7449B"/>
     <w:rsid w:val="00D835DF"/>
+    <w:rsid w:val="00D92DD5"/>
+    <w:rsid w:val="00D93C82"/>
+    <w:rsid w:val="00D96405"/>
+    <w:rsid w:val="00DF183C"/>
     <w:rsid w:val="00DF1A57"/>
     <w:rsid w:val="00E076DC"/>
+    <w:rsid w:val="00E14B6B"/>
+    <w:rsid w:val="00E849C1"/>
+    <w:rsid w:val="00EB5338"/>
+    <w:rsid w:val="00EC6FA1"/>
+    <w:rsid w:val="00EC75DA"/>
     <w:rsid w:val="00ED309D"/>
+    <w:rsid w:val="00EE6A66"/>
     <w:rsid w:val="00EF26DA"/>
     <w:rsid w:val="00F8506A"/>
     <w:rsid w:val="00FC7B29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -2380,51 +2439,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001458C1"/>
+    <w:rsid w:val="005B4054"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Table"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00795FAE"/>
     <w:pPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:b/>
       <w:sz w:val="22"/>
     </w:rPr>
@@ -2659,66 +2718,79 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00330B0B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00330B0B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009068F6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2977,88 +3049,92 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF99EEC4A54B3842925FAADF7986037D" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e05498020b8d8c6399005c3f2867d82a">
-[...1 lines deleted...]
-    <xsd:import namespace="eee5dab0-906c-4cb3-b73d-04d197b3c3ec"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B413F3611593054FA5C0D83E73C1A23F" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e0d9ebd7fe6a9fbc07dd816b37777d87">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9e432179-7f6a-468c-8574-ae94177ff443" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a115544d4529ac04bab29d13b297f8e5" ns2:_="">
+    <xsd:import namespace="9e432179-7f6a-468c-8574-ae94177ff443"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="eee5dab0-906c-4cb3-b73d-04d197b3c3ec" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9e432179-7f6a-468c-8574-ae94177ff443" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...16 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3117,150 +3193,130 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\MLASeventhEditionOfficeOnline.xsl" StyleName="MLA Seventh Edition"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\MLASeventhEditionOfficeOnline.xsl" StyleName="MLA Seventh Edition"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34E34516-91E7-4701-B185-F62C85F0EEF2}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33F1BDA9-EC56-4CE1-A6DE-9326875BD7F2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF8CD6D9-8497-475A-8B58-9A8364474E1E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24689BB7-DFC8-40DF-9CF8-947ABBD00805}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8FB48BC-EA75-4562-A6A2-AFE738161D31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24689BB7-DFC8-40DF-9CF8-947ABBD00805}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF8CD6D9-8497-475A-8B58-9A8364474E1E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>140</Words>
-  <Characters>802</Characters>
+  <Words>144</Words>
+  <Characters>825</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DB-102_Reference_Project_Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>941</CharactersWithSpaces>
+  <CharactersWithSpaces>968</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DB-102_Reference_Project_Summary</dc:title>
   <dc:creator>Anastasia M. Smith</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100DF99EEC4A54B3842925FAADF7986037D</vt:lpwstr>
+    <vt:lpwstr>0x010100B413F3611593054FA5C0D83E73C1A23F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>64700</vt:r8>
   </property>
 </Properties>
 </file>