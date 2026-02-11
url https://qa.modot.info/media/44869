--- v0 (2025-10-02)
+++ v1 (2026-02-11)
@@ -8,10656 +8,10740 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1CBFF877" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...29 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3682208B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>CCO Form:</w:t>
       </w:r>
-      <w:r>
-[...58 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>CM10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39274B0A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Approved:  </w:t>
       </w:r>
-      <w:r>
-[...49 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>19/89 (GWS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">          Project No. ____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF879" w14:textId="79E756F7" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="3376909B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Revised:   </w:t>
       </w:r>
-      <w:r>
-[...86 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>04/25 (MCD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66965935" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Modified:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF87B" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...61 lines deleted...]
-    <w:p w14:paraId="1CBFF87D" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="30E92A5C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C0AD8AB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="472722BD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MISSOURI HIGHWAYS AND TRANSPORTATION COMMISSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF87E" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="436C87FF" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>STANDARD RESEARCH AGREEMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF87F" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35AA2B96" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C56ED30" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This Agreement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> is made by the Missouri Highways and Transportation Commission (hereinafter, "Commission") and the ____________________________________ (hereinafter, "Contractor").</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF881" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0DD62029" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A9C7093" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>WITNESSETH:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF883" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0E97B3A3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD32DD5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>WHEREAS, the Commission has indicated the need</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>for a research study to ___________________________</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="1CBFF885" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7C92385D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10894EE2" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>WHEREAS, the Contractor has qualified personnel able to</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>perform the study; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF887" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7EA3FAC1" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73D7C954" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>WHEREAS,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Commission desires the Contractor to</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>conduct the study.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF889" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3853883D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="779E5536" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>NOW THEREFORE, in consideration of the mutual covenants, promises, and representations contained herein, the parties agree as follows:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF88B" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...59 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1037FCA5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EE3FB84" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(1)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SCOPE OF WORK</w:t>
       </w:r>
-      <w:r>
-[...84 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The specific services to be provided by the Contractor are set forth in the proposal and work plan titled "__________________", designated as Appendix A, which is attached hereto and made a part of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B34CBED" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537FF5D3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(2)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>REPORTS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF88F" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F06785D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66448A62" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Quarterly Progress Reports</w:t>
       </w:r>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall submit one (1) electronic copy of each quarterly progress report for quarters ending April 15, July 15, October 15, and January 15, beginning __________ and continuing until the final report is published.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7DC284" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699C37E3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Draft Copies of Final Report</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  The Contractor shall submit one (1) electronic copy of a draft final report on the complete work by</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...74 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_____________ or upon the completion of the work. Electronic copies of any report submitted under this Agreement shall be provided in Microsoft Word or Microsoft compatible format. Acceptance of the final report by the Commission shall be the requirement for Agreement completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2918FC13" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E8B1B00" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Final Published Report</w:t>
       </w:r>
-      <w:r>
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  The Contractor shall furnish one (1) electronic copy of the final report by __________.  Electronic copies of any report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Agreement price.  If additional copies are required, the Contractor and the Commission shall execute an amendment to this Agreement.  Acceptance of the final report by the Commission shall be the requirement for Agreement completion.</w:t>
-[...62 lines deleted...]
-      <w:r>
+        <w:t>submitted under this Agreement shall be provided in Microsoft Word or Microsoft compatible format.  The cost of preparing these reports is included in the total Agreement price.  If additional copies are required, the Contractor and the Commission shall execute an amendment to this Agreement.  Acceptance of the final report by the Commission shall be the requirement for Agreement completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7997AE61" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B09C835" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(3)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PERIOD OF PERFORMANCE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  The Contractor agrees that all work connected with the study will be performed during the period beginning ______________, 20___ and ending</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>___________, 20____.  The Commission shall have the discretion to grant time extensions.  Requests for extensions of time shall be made by the Contractor in writing stating fully the reasons giving rise to the request. Such extensions of time shall be the sole allowable compensation for such delays.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF897" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...59 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="51527497" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="634FAECD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(4)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CONTRACT PRICE</w:t>
       </w:r>
-      <w:r>
-[...89 lines deleted...]
-      <w:r w:rsidRPr="00766C48">
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The total sum paid the Contractor under this Agreement shall not exceed ____________________________________ dollars ($__________) which sum shall include both direct and indirect costs and cannot be exceeded without modification of this Agreement.  The items to be shown as direct costs and the basis for determining overhead or indirect costs are shown in the attached Appendix B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02F1E889" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15727F21" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(5)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00766C48">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00766C48">
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PAYMENTS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00766C48">
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF89B" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6483C0AC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D83735B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Contract Payments</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  Payment will be made to the Contractor upon submittal from Contractor to the Commission of monthly invoices detailing costs for services rendered and for reimbursable costs incurred during the month preceding invoice date.  The total of all invoices shall not exceed the total Agreement price.  The invoices shall be submitted within thirty (30) days following the end of the period covered by each invoice.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF89D" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26ED40FA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E28544" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Retainage</w:t>
       </w:r>
-      <w:r>
-[...91 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Will not affect this Agreement unless an extension is required for completion of the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1F88B9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33CD0756" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Progress Payments</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  In no event will the total payments exceed the amount of the Agreement price without prior approval and authorization by both the Contractor and the Commission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8A1" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B9F37E5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06303B3D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Final Voucher</w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-    <w:p w14:paraId="1CBFF8A4" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall submit a final voucher for the Agreement within sixty (60) days of project completion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035D4DFC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D856037" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Final Payment</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  The final payment will be made only after acceptance of a final report considered to be satisfactory and the completion of an audit by representatives of the Commission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8A5" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="70C8E323" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF8A6" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="65BEA8A7" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(6)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SUBCONTRACTING</w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:   The Contractor agrees to perform the work contemplated by this Agreement within its organization.  The Contractor agrees that no subcontracting of this work is allowed without the prior written approval of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E590115" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="178B6A7B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:tab/>
         <w:t>(7)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PROPRIETARY RIGHTS</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">:  The parties to this Agreement agree that if patentable discoveries or inventions should result from research described herein, all rights accruing from such discoveries or inventions shall be the sole property of the Contractor.  The Contractor agrees to and does hereby grant to all state highway and/or transportation departments and the United States government an irrevocable, nonexclusive, </w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The parties to this Agreement agree that if patentable discoveries or inventions should result from research described herein, all rights accruing from such discoveries or inventions shall be the sole property of the Contractor.  The Contractor agrees to and does hereby grant to all state highway and/or transportation departments and the United States government an irrevocable, nonexclusive, non-transferable and royalty-free license to practice each invention in the manufacture, use and disposition, according to law, of any article or material, and in the use of any method that may be developed as part of the work under this contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A80C115" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="187C18A6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PATENT COST</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Cost of preparing documents relating to patents and any other patent costs, in connection with the filing of a patent application where title is conveyed to the government, are allowable.  These costs shall be approved by the Commission before they may be incurred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BCA5FDC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DCC66AB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ROYALTIES AND OTHER COSTS FOR USE OF EXISTING PATENTS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Royalties on a patent or amortization of the cost of acquiring a patent or invention or rights thereto, necessary for the proper performance of the Agreement and applicable tasks or processes thereunder, are allowable unless: (1) the government has a license or the right to free use of the patent; (2) the patent has been adjudicated to be invalid or has been administratively determined to be invalid; (3) the patent is considered to be unenforceable, or (4) the patent has expired.  These costs shall be approved by the Commission before they may be incurred.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="358B8FC1" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4616AC97" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>INSPECTION OF WORK</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Commission and the Federal Highway Administration (FHWA) shall be accorded proper facilities for review and inspection of the work hereunder and shall at reasonable times have access to the premises, to all books, records, correspondence, instructions, receipts, vouchers, and memoranda of every description pertaining to the work hereunder.  Arrangements for all reviews and inspections by the FHWA will be made by the Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE7EFA6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E1A87E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(11)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>AUDIT OF RECORDS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall maintain all records relating to this Agreement, including but not limited to invoices, payrolls, etc.  These records must be available at all reasonable times at no charge to the Commission, the FHWA, and any designees or representatives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>during the period of this Agreement and any extension thereof, and for three (3) years from the date of final payment made under this Agreement. If the Commission has notice of a potential claim against the Contractor and/or the Commission based on the Contractor's services under this Agreement, the Contractor, upon written request of the Commission, shall retain and preserve its records until the Commission has advised the Contractor in writing that the claim is resolved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3609C6E9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3020AA05" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(12)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>OWNERSHIP OF DATA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70273F54" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB57E97" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Ownership:  The data collected under the Agreement, together with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>summaries and charts derived therefrom, shall be owned jointly by the Commission and the Contractor with full and complete accessibility to both parties to this Agreement unless otherwise agreed to in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C6311C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5356D93C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(B) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Data Management Plan:  T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he Contractor will submit a Data Management Plan (DMP) to the Commission within two (2) weeks of the project kickoff meeting. The plan will describe the anticipated format(s) of the Contractor’s data and related files they will use. The DMP will address how the Contractor will use platform-independent and non-proprietary formats to ensure maximum utility of the data in the future. The DMP can be modified, as needed, throughout the life of the contract subject to the notification and approval of the Commission or Commission representative.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D8B960" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264C64E7" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(13)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>EQUIPMENT AND INSTRUMENTATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  It is agreed that any items of special equipment which are not identified specifically in the proposal require specific approval by the Commission prior to purchase.  Items of equipment and instrumentation as listed in the proposal are approved by the Commission and the cost, therefore, is included in the Agreement price.  The Contractor certifies that no item listed has been included in the indirect costs that are approved for this project.  Title to such equipment and instrumentation shall vest with the Commission.  If, at the conclusion of the project, the Contractor desires to acquire the equipment and instrumentation, the Commission shall be allowed a credit equal to the current value at that time.  This current value will be determined by mutual Agreement between the Contractor and the Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC7C144" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="194E3542" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(14)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PERSONAL PROTECTIVE EQUIPMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor agrees that all work under this Project will be in accordance with current Commission policies, procedures, and the Missouri Standard Specifications for Highway Construction. This includes but is not limited to the use of personal protective equipment while present on state right of way.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685DD980" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="736DEA00" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(15)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>RENTAL OF SPACE, SPECIAL EQUIPMENT, OR FACILITIES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB6EE6C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E578C8" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The actual cost to the Contractor for renting additional space, special equipment or facilities not owned by the Contractor, but required for the project, is approved by the Commission, as set forth in Appendix B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C575871" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE89AF9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(B)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>The Commission approves the items and classes of items set forth in Appendix B as the indirect costs of the project and those costs are included in the contract price.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F8E3DF0" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EEB0737" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(16)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>TRAVEL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Travel expenses for this work are set forth in Appendix B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29809975" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="458BD420" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(17)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>PUBLICATION PROVISIONS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2055B96D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B7505C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(A)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Copyright</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  The Contractor shall be free to copyright material developed under this Agreement with the provision that the Missouri Highway and Transportation Commission and the FHWA reserve a royalty-free, non-exclusive and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">irrevocable license to reproduce, publish or otherwise use, and to authorize others to use, the work for government purposes. The Contractor shall make all copyrighted works available through the Commission and the Federal Highway Administration’s designated public access repositories. Nothing in this Agreement shall be construed as a grant of rights or license from one party to another party to any background intellectual property of the parties developed, created, conceived, or discovered before or independently of the activities performed under this Agreement. The Contractor shall not conduct services using Artificial Intelligence without written approval from the Commission. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A929104" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D23E1D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(B)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Request for Publication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Either party to the Agreement or the FHWA may initiate a request for publication of the final or interim reports, or any portions thereof.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A5BB86" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5817C71D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(C)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Disclosure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  Neither party shall publish or otherwise disclose, or permit to be disclosed or published, the results of the investigation herein contemplated, or any particulars thereof, during the period of the Agreement, without notifying the other and securing its consent in writing, unless disclosure is required by law. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233E8FA9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3219FDFE" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(D)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  The parties to this Agreement shall have equal responsibility to review and approve material for publication, except that the Commission reserves the right to initially publish the final report, in which case the Contractor shall furnish reports as specified in Section (2)(C) above.  The completed final report will be provided to the Commission through electronic means, such as electronic mail or a file sharing website. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A31CA93" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53351FF3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(E)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Publication by Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  In the event of failure of agreement between the Commission and the Contractor relative to the publication of the final report, or any progress reports during the period of this Agreement, the Commission reserves the right to publish independently, in which event the non-concurrence of the Contractor shall be set forth, if requested by the Contractor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3817901C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B004C0C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(F)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Publication by Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55726C4F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B1E798" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>If the Commission does not elect to publish the final report, publication by the Contractor shall then be a matter within the province of the Contractor's policy; but if the Contractor then elects to publish independently, the non-concurrence of the Commission and/or the FHWA shall be set forth, if requested by the Commission and/or the FHWA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410E8457" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F7DA71" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">In the event the Contractor cannot agree with the comments of the FHWA, the Missouri Highways and Transportation Commission may authorize the Contractor to publish the material contained in the report sixty (60) days after it has been resubmitted in final form to the FHWA, but the following statement shall be included in the report: "The Federal Highway Administration does not concur with the findings and conclusions of this report". </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1383FCEA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498A6B02" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(G)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Abstracts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  When the scheduled time for presentation of a paper does not permit formal review and approval of a completed report, abstracts may be used for notification of intent to present a paper based on the study.  Such presentation must protect the interests of the other party by the inclusion of a statement in the paper and in the presentation to the effect that the paper has not been reviewed by the other party or the FHWA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3808F0" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26BBB788" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(H)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Releases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Both written and oral releases are considered to be within the context of publication</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>non-transferable</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...83 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>However, there is no intention to limit discussion of the study with small technical groups or lectures to employees or students.  Lectures to other groups which describe the plans, but disclose neither data nor results, are permissible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7C95CE" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688BB88E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(I)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>PATENT COST</w:t>
-[...85 lines deleted...]
-      <w:r>
+        <w:t>Report Credit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Publication by either party shall give credit to the other party and to the FHWA unless upon failure of Agreement on any report of the study, FHWA or either of the contracting parties requests that its credit acknowledgment be omitted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53340CAE" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ED75B09" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(J)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ROYALTIES AND OTHER COSTS FOR USE OF EXISTING PATENTS</w:t>
-[...85 lines deleted...]
-      <w:r>
+        <w:t>Use of Data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  After acceptance of the final report, the Contractor, Commission and FHWA are free to use the data and results without restriction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76CC2A5A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1181C6D8" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(K)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>INSPECTION OF WORK</w:t>
-[...85 lines deleted...]
-      <w:r>
+        <w:t>Mandatory Clause</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  All reports, papers, drafts, or abstracts published by the Contractor shall contain the following statement:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB60198" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7367F5BD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>"The contents of this report reflect the views of the author(s) who is (are) responsible for the facts and accuracy of the data presented herein. The contents do not necessarily reflect the official views or policies of the Missouri Department of Transportation or the Federal Highway Administration. This report does not constitute a standard, specification, or regulation."</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="764B4579" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B52FDD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(18)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>AUDIT OF RECORDS</w:t>
-[...99 lines deleted...]
-      <w:r>
+        <w:t>CHANGES IN STUDY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Any change in this Agreement, including any alteration, extension, supplement, or modification of the scope of work, budget, or method of study as detailed in the Appendices must be accomplished by a formal amendment signed and approved by the authorized representatives of the Contractor and the Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FA0356" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5EA9BF" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(19)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>OWNERSHIP OF DATA</w:t>
-[...70 lines deleted...]
-      <w:r>
+        <w:t>TERMINATION OF CONTRACT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  Either party may terminate this Agreement by giving the other party thirty (30) days written notice of its election to do so.  If the Agreement is terminated under this provision, the Commission shall reimburse the Contractor for all reimbursable costs incurred by Contractor to date of termination.  Within sixty (60) days of receipt by Contractor of notice of termination as provided by this paragraph, the Contractor shall deliver to the Commission, at its office at 105 West Capitol Ave., Jefferson City, Missouri, for the use and benefit of the Commission as it should see fit, either original or satisfactory duplicate copies of all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>data, results, reports and other materials developed by the Contractor as a result, either directly or indirectly, of the performance of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA2E460" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1FF525" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(20)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EQUIPMENT AND INSTRUMENTATION</w:t>
-[...85 lines deleted...]
-      <w:r>
+        <w:t>DISPUTES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Any disputes of facts which might develop as a result of this contract shall be decided by the Chief Engineer, Missouri Department of Transportation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Should the Contractor not agree with a decision by the Chief Engineer, the Contractor may make a written appeal to the Commission.  In connection with any appeal proceeding under this clause, the Contractor shall be afforded an opportunity to be heard and to offer evidence in support of appeal.  Following decision by the Commission, the Contractor may appeal to a competent court of law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0C3DBF" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56A98FCB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(21)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>RENTAL OF SPACE, SPECIAL EQUIPMENT, OR FACILITIES</w:t>
-[...289 lines deleted...]
-      <w:r w:rsidRPr="00766C48">
+        <w:t>COMMISSION REPRESENTATIVE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Commission's Chief Engineer is designated as the Commission's representative for the purpose of administering the provisions of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FE3C8E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5165FD4F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(22)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>TRAVEL</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00766C48">
+        <w:t>ASSIGNMENT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall not assign or delegate any interest in the Agreement and shall not transfer any interest in the Agreement, whether by assignment or novation, without the prior written consent of the Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B3A4DA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C82147" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(23)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>PUBLICATION PROVISIONS</w:t>
-[...92 lines deleted...]
-      <w:r w:rsidRPr="00766C48">
+        <w:t>BANKRUPTCY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Upon filing for any bankruptcy or insolvency proceeding by or against the Contractor, whether voluntary, or upon the appointment of a receiver, trustee, or assignee, for the benefit of creditors, the Commission reserves the right and sole discretion to either cancel the Agreement or affirm the Agreement and hold the Contractor responsible for damages.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B171B8" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306459EA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(24)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Copyright</w:t>
-[...2139 lines deleted...]
-        </w:rPr>
         <w:t>LAW OF MISSOURI TO GOVERN</w:t>
       </w:r>
-      <w:r>
-[...62 lines deleted...]
-    <w:p w14:paraId="1CBFF8ED" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Agreement shall be construed according to the laws of the state of Missouri.  The Contractor shall comply with all local, state and federal laws and regulations relating to the performance of the Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DA3715" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127FE8A3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1200"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(25)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Executive Order</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall comply with all the provisions of Executive Order 07-13, issued by the Honorable Matt Blunt, Governor of Missouri, on the sixth (6</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r>
-[...50 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) day of March 2007.  This Executive Order, which promulgates the State of Missouri’s position to not tolerate persons who contract with the state engaging in or supporting illegal activities of employing individuals who are not eligible to work in the United States, is incorporated herein by reference and made a part of this Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="500C7E0B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4C5B1E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">By signing this Agreement, the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> hereby certifies that any employee of the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> assigned to perform services under the contract is eligible and authorized to work in the United States in compliance with federal law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8F0" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="2E504FB0" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF8F1" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="5A0DD8D8" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">In the event the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> fails to comply with the provisions of the Executive Order 07-13, or in the event the Commission has reasonable cause to believe that the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> has knowingly employed individuals who are not eligible to work in the United States in violation of federal law, the Commission reserves the right to impose such contract sanctions as it may determine to be appropriate, including but not limited to contract cancellation, termination or suspension in whole or in part or both.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8F2" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="6044C25D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF8F3" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="48E15934" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:t>(C)</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-    <w:p w14:paraId="1CBFF8F4" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+      <w:r w:rsidRPr="00793666">
+        <w:tab/>
+        <w:t xml:space="preserve">In accordance with Sections 285.525 &amp; 285.530 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00793666">
+        <w:t>RSMo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00793666">
+        <w:t>, which became effective January 1, 2009, the contractor must complete Appendix C Employment Eligibility and Verification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0827FD8E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF8F5" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="0136E604" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>[Drafter’s Note:  If applicable to extend the application of the EO to the subcontractors as well as the contractors, add the following paragraph.  Delete this note when agreement is complete and ready for execution.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8F6" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="3222C81F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF8F7" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...18 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B642E97" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(26)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Incorporation of Provisions</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall include the provisions of paragraph 24 of this Agreement in every subcontract.  The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall take such action with respect to any subcontract as the Commission may direct as a means of enforcing such provisions, including sanctions for noncompliance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8F8" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...75 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D5C60B0" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF60B8A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(27)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>VENUE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  It is agreed by the parties that any action at law, suit in equity, or other judicial proceeding to enforce or construe this Agreement, or regarding its alleged breach, shall be instituted only in the Circuit Court of Cole County, Missouri.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8FA" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...75 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="59259189" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="114D1DE6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(28)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NOTICES</w:t>
       </w:r>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  Any notice or other communication required or permitted to be given hereunder shall be in writing and shall be deemed given three (3) days after delivery by United States mail, regular mail postage prepaid, or upon receipt by through electronic mail.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5680ADF6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219E930E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(A)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>To the Contractor:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8FE" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...46 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B7C4E03" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF8FF" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...39 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4AC99F55" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF900" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...25 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33F25C57" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CD54FD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27425085" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Email Address: ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3617B34B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464607D5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(B)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>To the Commission:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A74A14" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D1909F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Construction Engineer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA5F5CE" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Construction and Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D3DC11" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1617 Missouri Blvd., PO Box 270</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AE584E" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Jefferson City, MO   65102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7EAA43" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1956A4FC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Email Address: ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C040674" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31785EBE" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or to such other place as the parties may designate in accordance with this Agreement.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D76740" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FA10659" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(29)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NONDISCRIMINATION ASSURANCE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  With regard to work under this Agreement, the Contractor agrees as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F7D672A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58EB8036" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">(A) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Civil Rights Statutes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  The Contractor shall comply with all state and federal statutes relating to nondiscrimination, including but not limited to Title VI and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:tab/>
-[...764 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Title VII of the Civil Rights Act of 1964, as amended (42 U.S.C. 2000d and 2000e, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>et seq</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.), as well as any applicable titles of the Americans with Disabilities Act.  In addition, if the Contractor is providing services or operating programs on behalf of the Department or the Commission, it shall comply with all applicable provisions of Title II of the Americans with Disabilities Act.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF910" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...67 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5DA27C2B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D8274AF" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(B)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Administrative Rules</w:t>
       </w:r>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall comply with the administrative rules of the United States Department of Transportation relative to nondiscrimination in federally assisted programs of the United States Department of Transportation (49 CFR Subtitle A, Part 21) which are herein incorporated by reference and made part of this Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C3291A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0CA7E1" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(C)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nondiscrimination</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">:  The Contractor shall not discriminate on grounds of the race, color, religion, creed, sex, disability, national origin, </w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall not discriminate on grounds of the race, color, religion, creed, sex, disability, national origin, age or ancestry of any individual in the selection and retention of subcontractors, including procurement of materials and leases of equipment</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>age</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Contractor shall not participate either directly or indirectly in the discrimination prohibited by 49 CFR 21.5, including employment practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02914FFD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB649F2" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(D)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Solicitations for Subcontracts, Including Procurements of Material and Equipment</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Agreement relative to nondiscrimination on grounds of the race, color, religion, creed, sex, disability or national origin, </w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  These assurances concerning nondiscrimination also apply to subcontractors and suppliers of the Contractor.  These apply to all solicitations either by competitive bidding or negotiation made by the Contractor for work to be performed under a subcontract including procurement of materials or equipment.  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>age</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Each potential subcontractor or supplier shall be notified by the Contractor of the requirements</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this Agreement relative to nondiscrimination on grounds of the race, color, religion, creed, sex, disability or national origin, age or ancestry of any individual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B3F82C3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E884603" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(E)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Information and Reports</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">:  The Contractor shall provide all information and reports required by this Agreement, or orders and instructions issued pursuant thereto, and will permit access to its books, records, accounts, other sources of information, and its facilities as may be determined by the Commission or the United States Department of Transportation to be necessary to ascertain compliance with other contracts, </w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall provide all information and reports required by this Agreement, or orders and instructions issued pursuant thereto, and will permit access to its books, records, accounts, other sources of information, and its facilities as may be determined by the Commission or the United States Department of Transportation to be necessary to ascertain compliance with other contracts, orders and instructions</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>orders</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...75 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Where any information required of the Contractor is in the exclusive possession of another who fails or refuses to furnish this information, the Contractor shall so certify to the Commission or the United States Department of Transportation as appropriate and shall set forth what efforts it has made to obtain the information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF2AC65" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24CC6739" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(F)</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Sanctions for Noncompliance</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  In the event the Contractor fails to comply with the nondiscrimination provisions of this Agreement, the Commission shall impose such contract sanctions as it or the United States Department of Transportation may determine to be appropriate, including but not limited to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF91A" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...74 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50A0C8F4" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434A0AE9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Withholding of payments under this Agreement until the Contractor complies; and/or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF91C" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...74 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A91776C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="099F177F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>2.</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Cancellation, </w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Cancellation, termination or suspension of this Agreement, in whole or in part, or both.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37550B86" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A7E9D9" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(G)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Incorporation of Provisions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor shall include the provisions of paragraph 28 of this Agreement in every subcontract, including procurements of materials and leases of equipment, unless exempted by the statutes, executive order, administrative rules or instructions issued by the Commission or the United States Department of Transportation</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>termination</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...89 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The Contractor will take such action with respect to any subcontract or procurement as the Commission or the United States Department of Transportation may direct as a means of enforcing such provisions, including sanctions for noncompliance; provided that in the event the Contractor becomes involved or is threatened with litigation with a subcontractor or supplier as a result of such direction, the Contractor may request the United States to enter into such litigation to protect the interests of the United States.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C2FF53" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC9F6A7" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(30)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Incorporation of Provisions</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> of this Agreement in every subcontract, including procurements of materials and leases of equipment, unless exempted by the statutes, executive order, administrative </w:t>
+        <w:t>NONSOLICITATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:  The Contractor warrants that it has not employed or retained any company or person, other than a bona fide employee working for the Contractor, to solicit or secure this Agreement, and that it has not paid or agreed to pay any company or person, other than a bona fide employee, any fee, commission, percentage, brokerage fee, gift, or any other consideration, contingent upon or resulting from the award or making of this Agreement.  For breach or violation of this warranty, the Commission shall have the right to annul this Agreement without liability, or in its discretion, to deduct from this Agreement price or consideration, or otherwise recover, the full amount of such fee, commission, percentage, brokerage fee, gift, or contingent fee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E086D44" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74548245" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(31)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>INDEMNIFICATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>To the extent allowed or imposed by law, the Contractor shall defend, indemnify and hold harmless the Commission, including its members and department employees, from any claim or liability whether based on a claim for damages to real or personal property or to a person for any matter relating to or arising out of the Contractor's wrongful or negligent performance of its obligations under this Agreement</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>rules</w:t>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...82 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="69169696" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="229BECB5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(32)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>NONSOLICITATION</w:t>
-[...187 lines deleted...]
-        </w:rPr>
         <w:t>SECTION HEADINGS</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  All section headings contained in this Agreement are for the convenience of reference only and are not intended to define or limit the scope of any provision of this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF926" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...30 lines deleted...]
-    <w:p w14:paraId="1CBFF927" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="52D4AB07" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43B20C20" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(33)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SOLE BENEFICIARY</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  This Agreement is made for the sole benefit of the parties hereto and nothing in this Agreement shall be construed to give any rights or benefits to anyone other than the Commission and the Contractor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF928" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...30 lines deleted...]
-    <w:p w14:paraId="1CBFF929" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="208806A3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D735AFB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(34)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>AUTHORITY TO EXECUTE</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:  The signers of this Agreement warrant that they are acting officially and properly on behalf of their respective institutions and have been duly authorized, directed and empowered to execute this Agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF92A" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...75 lines deleted...]
-      <w:r w:rsidRPr="00243A9E">
+    <w:p w14:paraId="6D7618C3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A0D8EA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>(35)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FEDERAL FUNDING ACCOUNTABILITY AND TRANSPARENCY ACT OF 2006:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  The Contractor shall comply with all reporting requirements of the Federal Funding Accountability and Transparency Act (FFATA) of 2006, as amended.  This Agreement is subject to the award terms within 2 C.F.R. Part 170.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF92C" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...52 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="43AE6E63" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CD9C97" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(36)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ANTI-DISCRIMINATION AGAINST ISRAEL CERTIFICATION</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:r>
-[...99 lines deleted...]
-    <w:p w14:paraId="1CBFF92E" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">By signing the contract, below, the Contractor certifies that it is not currently engaged in and shall not, for the duration of the contract, engage in a boycott of goods or services from the State of Israel, companies doing business in or with Israel or authorized by, licensed by, or organized under the laws of the State of Israel, or persons or entities doing business in the State of Israel as defined by Section 34.600 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RSMo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.  This certification shall not apply to contracts with a total potential value of less than One Hundred Thousand Dollars ($100,000) or to contractors with fewer than ten (10) employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFD116B" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0691F111" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>(37)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SECTION 508 COMPLIANCE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Contractor shall ensure that all information technology, as defined in section 161.900 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>RSMo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>., allows individuals with disabilities access to and use of information and data that is comparable to the access by individuals without disabilities as required by Section 508 of the Workforce Investment Act of 1998, 29 U.S.C. §794d, and the Missouri Assistive Technology Advisory Council.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D9DFAF" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C67137D" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49639739" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CAD4671" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E7423A1" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7887DBBC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F05AC11" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[Remainder of Page Intentionally Left Blank]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF92F" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...37 lines deleted...]
-    <w:p w14:paraId="1CBFF930" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90" w:rsidP="00E92072">
+    <w:p w14:paraId="67A6C9E3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049BEEC6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">IN WITNESS WHEREOF, the parties have entered into this Agreement on the date written below. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF931" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...251 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6D23C538" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1051E464" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Executed by the Contractor on ____________________________(DATE).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B38B4C" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72F3BA93" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Executed by the Commission on ___________________________(DATE).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B497CB0" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4112FA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6481CCA5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">MISSOURI HIGHWAYS AND </w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF938" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="6294CF40" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5040" w:hanging="5040"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">TRANSPORTATION COMMISSION </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>CONTRACTOR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF939" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="01DFA704" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="5040" w:hanging="5040"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF93A" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="7C16F2FB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="5040" w:hanging="5040"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17747FAC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="5040" w:hanging="5040"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B52B708" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>By _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF93B" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
+    <w:p w14:paraId="5F44AE08" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CBFF93C" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68D55A1F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEF42B5" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Title _____________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF93D" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...225 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="04DF05BB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AEB8097" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B120C2" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ATTEST:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ATTEST:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21428EB7" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1169CCF6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E8C1FA" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>By______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF942" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="566647AB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Secretary to the Commission</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF943" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...70 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2CD85FA3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D9B501" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Title ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF944" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...88 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52019119" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21284C98" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220F14E6" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Approved as to Form:</w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Approved as to Form:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF947" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...58 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37A17F71" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A2DB41" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C23837" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40F3432A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">_________________________________ </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>By _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF949" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F646A0A" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Commission Counsel</w:t>
       </w:r>
-      <w:r>
-[...99 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A44DBEC" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EB5C1DB" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Title ____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF94B" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...60 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3DDAAF39" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0980EE2F" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00793666">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CBFF94D" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRDefault="003D7B90">
-[...63 lines deleted...]
-    <w:sectPr w:rsidR="003D7B90" w:rsidSect="00C95243">
+    <w:p w14:paraId="323E37B3" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17EB9177" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2880"/>
+          <w:tab w:val="left" w:pos="3600"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6480"/>
+          <w:tab w:val="left" w:pos="7200"/>
+          <w:tab w:val="left" w:pos="7920"/>
+          <w:tab w:val="left" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="433847FD" w14:textId="77777777" w:rsidR="00793666" w:rsidRPr="00793666" w:rsidRDefault="00793666" w:rsidP="00793666">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CBFF94F" w14:textId="77777777" w:rsidR="003D7B90" w:rsidRPr="00793666" w:rsidRDefault="003D7B90" w:rsidP="00793666">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003D7B90" w:rsidRPr="00793666" w:rsidSect="00C95243">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="792" w:footer="792" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CBFF952" w14:textId="77777777" w:rsidR="003A3370" w:rsidRDefault="003A3370" w:rsidP="003D7B90">
+    <w:p w14:paraId="088CBAF2" w14:textId="77777777" w:rsidR="00EF02F2" w:rsidRDefault="00EF02F2" w:rsidP="003D7B90">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CBFF953" w14:textId="77777777" w:rsidR="003A3370" w:rsidRDefault="003A3370" w:rsidP="003D7B90">
+    <w:p w14:paraId="20DE6455" w14:textId="77777777" w:rsidR="00EF02F2" w:rsidRDefault="00EF02F2" w:rsidP="003D7B90">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1CBFF955" w14:textId="77777777" w:rsidR="00295CCE" w:rsidRDefault="00295CCE">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
@@ -10714,58 +10798,58 @@
         <w:tab w:val="left" w:pos="7920"/>
         <w:tab w:val="left" w:pos="8640"/>
         <w:tab w:val="left" w:pos="9360"/>
         <w:tab w:val="left" w:pos="10080"/>
         <w:tab w:val="left" w:pos="10800"/>
         <w:tab w:val="left" w:pos="11520"/>
         <w:tab w:val="left" w:pos="12240"/>
         <w:tab w:val="left" w:pos="12960"/>
         <w:tab w:val="left" w:pos="13680"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CBFF950" w14:textId="77777777" w:rsidR="003A3370" w:rsidRDefault="003A3370" w:rsidP="003D7B90">
+    <w:p w14:paraId="29B0AE68" w14:textId="77777777" w:rsidR="00EF02F2" w:rsidRDefault="00EF02F2" w:rsidP="003D7B90">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CBFF951" w14:textId="77777777" w:rsidR="003A3370" w:rsidRDefault="003A3370" w:rsidP="003D7B90">
+    <w:p w14:paraId="286A0CBC" w14:textId="77777777" w:rsidR="00EF02F2" w:rsidRDefault="00EF02F2" w:rsidP="003D7B90">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1CBFF954" w14:textId="77777777" w:rsidR="00295CCE" w:rsidRDefault="00295CCE">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3600"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="5040"/>
         <w:tab w:val="left" w:pos="5760"/>
         <w:tab w:val="left" w:pos="6480"/>
         <w:tab w:val="left" w:pos="7200"/>
         <w:tab w:val="left" w:pos="7920"/>
@@ -10801,86 +10885,117 @@
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00243A9E"/>
     <w:rsid w:val="00034D10"/>
     <w:rsid w:val="000D2873"/>
     <w:rsid w:val="0017731E"/>
     <w:rsid w:val="001C5B4F"/>
     <w:rsid w:val="002161DA"/>
     <w:rsid w:val="002360A1"/>
     <w:rsid w:val="00243A9E"/>
     <w:rsid w:val="00295CCE"/>
     <w:rsid w:val="00312768"/>
+    <w:rsid w:val="00356C4F"/>
     <w:rsid w:val="00366CBA"/>
     <w:rsid w:val="00390DCF"/>
     <w:rsid w:val="003A3370"/>
     <w:rsid w:val="003C3918"/>
     <w:rsid w:val="003D7B90"/>
     <w:rsid w:val="00423F49"/>
+    <w:rsid w:val="00452EF6"/>
     <w:rsid w:val="004A1DE3"/>
     <w:rsid w:val="004D128B"/>
     <w:rsid w:val="004E134B"/>
     <w:rsid w:val="0055257C"/>
     <w:rsid w:val="00584882"/>
     <w:rsid w:val="005C100C"/>
     <w:rsid w:val="0063565F"/>
     <w:rsid w:val="006A07E1"/>
     <w:rsid w:val="006D3740"/>
     <w:rsid w:val="006F2630"/>
     <w:rsid w:val="00704875"/>
+    <w:rsid w:val="00754FE3"/>
     <w:rsid w:val="00766C48"/>
+    <w:rsid w:val="00793666"/>
     <w:rsid w:val="007A0163"/>
     <w:rsid w:val="007A5EA7"/>
-    <w:rsid w:val="008640F1"/>
     <w:rsid w:val="008F6DA7"/>
+    <w:rsid w:val="0098620F"/>
+    <w:rsid w:val="009A3761"/>
+    <w:rsid w:val="009D10BD"/>
+    <w:rsid w:val="00B53079"/>
     <w:rsid w:val="00B55833"/>
     <w:rsid w:val="00BD3E52"/>
     <w:rsid w:val="00C62855"/>
     <w:rsid w:val="00C73B2A"/>
     <w:rsid w:val="00C95243"/>
     <w:rsid w:val="00CF6025"/>
+    <w:rsid w:val="00DC3FBF"/>
     <w:rsid w:val="00E06B57"/>
     <w:rsid w:val="00E2279F"/>
     <w:rsid w:val="00E3365F"/>
     <w:rsid w:val="00E92072"/>
+    <w:rsid w:val="00EF02F2"/>
     <w:rsid w:val="00F50402"/>
     <w:rsid w:val="00F63C93"/>
     <w:rsid w:val="00FD7E37"/>
     <w:rsid w:val="00FF15EE"/>
+    <w:rsid w:val="02733137"/>
+    <w:rsid w:val="0CDFF08B"/>
+    <w:rsid w:val="150F47F7"/>
+    <w:rsid w:val="172A2DD7"/>
+    <w:rsid w:val="1F762D8E"/>
+    <w:rsid w:val="2194569D"/>
+    <w:rsid w:val="21C261C6"/>
+    <w:rsid w:val="2391A350"/>
+    <w:rsid w:val="252D73B1"/>
+    <w:rsid w:val="2CCFBD68"/>
+    <w:rsid w:val="3086C47F"/>
+    <w:rsid w:val="35BAE630"/>
+    <w:rsid w:val="37C22082"/>
+    <w:rsid w:val="4AAB9F9F"/>
+    <w:rsid w:val="4F2C817F"/>
+    <w:rsid w:val="57C77CBA"/>
+    <w:rsid w:val="58F0AB20"/>
+    <w:rsid w:val="59AD0ED4"/>
+    <w:rsid w:val="5D2817F3"/>
+    <w:rsid w:val="66932A97"/>
+    <w:rsid w:val="71B1958B"/>
+    <w:rsid w:val="7DD5A55A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -11445,50 +11560,60 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00295CCE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00295CCE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00793666"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -11758,138 +11883,173 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-    <xsd:import namespace="70c1afef-4f81-42f1-8cdd-eaf11b146e8d"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007B2EB8A27589A749AF1562E80FA86955" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9b1f62ad706bf348e586985e2a8eb30b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="44116b78-2974-4a2b-b254-bb62e700518d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="90a25e9108cf45c99923789b4485a094" ns1:_="" ns2:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="44116b78-2974-4a2b-b254-bb62e700518d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Template_x0020_Type" minOccurs="0"/>
-                <xsd:element ref="ns2:Posted_x0020_to_x0020_external_x0020_website_x003f_" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="70c1afef-4f81-42f1-8cdd-eaf11b146e8d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Template_x0020_Type" ma:index="8" nillable="true" ma:displayName="Template Type" ma:format="Dropdown" ma:internalName="Template_x0020_Type" ma:readOnly="false">
-[...18 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="12" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="13" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="44116b78-2974-4a2b-b254-bb62e700518d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="10" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="14" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b4e9f005-b5d5-426d-ad25-f47e055fb45b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="10" ma:displayName="Category"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
           <xs:element ref="pc:AccountType" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="DisplayName" type="xs:string"/>
@@ -11929,129 +12089,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="44116b78-2974-4a2b-b254-bb62e700518d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544E210D-F43E-4886-896C-D2C03FC5A789}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0553A931-EAC6-4B75-AAAF-FB69AE7CA9D6}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v4"/>
+    <ds:schemaRef ds:uri="44116b78-2974-4a2b-b254-bb62e700518d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEB04060-9BC4-4F77-88E9-8AD02F3E3608}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D4F9043-9FFA-486C-B92C-64DA8B6BB787}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{544E210D-F43E-4886-896C-D2C03FC5A789}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="44116b78-2974-4a2b-b254-bb62e700518d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD146932-36ED-4C23-AA10-F95FD0B48FDE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>23000</Characters>
+  <Pages>12</Pages>
+  <Words>4321</Words>
+  <Characters>24636</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>191</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>205</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26981</CharactersWithSpaces>
+  <CharactersWithSpaces>28900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CCO Form:</dc:title>
   <dc:creator>Engels2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100FCDA1D9AB045874CA677FF8E4F2AEA22</vt:lpwstr>
+    <vt:lpwstr>0x0101007B2EB8A27589A749AF1562E80FA86955</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="eAgreementsTemplateId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="eAgreementsTemplateId">
     <vt:i4>1009</vt:i4>
   </property>
 </Properties>
 </file>